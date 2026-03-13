--- v0 (2025-10-26)
+++ v1 (2026-03-13)
@@ -48,333 +48,333 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3267/resolucao_07-25_-_devolucao_veiculos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3267/resolucao_07-25_-_devolucao_veiculos.pdf</t>
   </si>
   <si>
     <t>Autoriza a devolver veículos para o Poder Executivo Municipal e dá outras providências</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3228/ato_de_promulgacao_do_projeto_de_resolucao_n_06-25_-_devolucao_de_bens.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3228/ato_de_promulgacao_do_projeto_de_resolucao_n_06-25_-_devolucao_de_bens.pdf</t>
   </si>
   <si>
     <t>Autoriza a devolver bens para o Poder Executivo Municipal e dá outras providências</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3224/ato_de_promulgacao_do_projeto_de_resolucao_n_05-25_-_padroniza_os_veiculos_a_serem_adquiridos_e_utilizados_pela_camara_municipal_em_funcao_da_lei_14.133.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3224/ato_de_promulgacao_do_projeto_de_resolucao_n_05-25_-_padroniza_os_veiculos_a_serem_adquiridos_e_utilizados_pela_camara_municipal_em_funcao_da_lei_14.133.pdf</t>
   </si>
   <si>
     <t>Padroniza os veículos a serem adquiridos e utilizados pela Câmara Municipal, em função da Lei 14.133/21 e dá outras providências.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3193/ato_de_promulgacao_do_projeto_de_resolucao_n_03-25_-_autoriza_a_devolver_bens_remanescentes_das_obras_de_reforma_do_predio_da_camara_municipal_para_o_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3193/ato_de_promulgacao_do_projeto_de_resolucao_n_03-25_-_autoriza_a_devolver_bens_remanescentes_das_obras_de_reforma_do_predio_da_camara_municipal_para_o_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a devolver bens remanescentes das obras de reforma do prédio da Câmara Municipal para o Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3192/ato_de_promulgacao_do_projeto_de_resolucao_n_02-25_-_devolucao_de_bens_ao_poder_executivo.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3192/ato_de_promulgacao_do_projeto_de_resolucao_n_02-25_-_devolucao_de_bens_ao_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a devolver bens para o Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3183/resolucao_numero_01_de_2025.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3183/resolucao_numero_01_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos valores de diárias da Câmara Municipal de Guanhães e dá outras providências.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2024/3129/resolucao_numero_02_de_2024.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2024/3129/resolucao_numero_02_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nova redação do artigo 153 do Regimento Interno da Câmara Municipal de Guanhães e dá outras providências</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2024/3045/resolucao_01-24_-_devolucao_moveis.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2024/3045/resolucao_01-24_-_devolucao_moveis.pdf</t>
   </si>
   <si>
     <t>Autoriza a devolução de bens alocados na Câmara Municipal de Guanhães ao Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2981/resolucao_numero_09_de_2023.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2981/resolucao_numero_09_de_2023.pdf</t>
   </si>
   <si>
     <t>Cria as funções de Agente de Contratação, de Comissão de Contratação, de pregoeiro, de Equipe de Apoio e de Fiscal de Contrato e concede gratificações.</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2945/resolucao_numero_08_de_31_de_outubro_de_2023.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2945/resolucao_numero_08_de_31_de_outubro_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de horas extras em reuniões noturnas e intervalo interjornada e dá outras providências.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2927/resolucao_07_de_2023.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2927/resolucao_07_de_2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta o pagamento de ajuda de custos em atividades do Parlamento Jovem perante a Câmara Municipal de Guanhães e dá outras providências.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2915/resolucao_06_de_2023.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2915/resolucao_06_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a função de Controlador Interno da Câmara Municipal de Guanhães.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2914/resolucao_05_de_2023.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2914/resolucao_05_de_2023.pdf</t>
   </si>
   <si>
     <t>"Institui o Banco de Ideias Legislativas no âmbito do Poder Legislativo do Município de Guanhães, e dá outras providências."</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2913/resolucao_04_de_2023.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2913/resolucao_04_de_2023.pdf</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2886/resolucao_numero_03_de_20231.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2886/resolucao_numero_03_de_20231.pdf</t>
   </si>
   <si>
     <t>Regulamenta o fornecimento de lanches/refeições em atividades do Parlamento Jovem perante a Câmara Municipal de Guanhães e dá outras providências.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2885/resolucao_numero_02_de_2023.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2885/resolucao_numero_02_de_2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta as competências e as regras da Equipe de Agentes Públicos do Setor de Compras da Câmara Municipal de Guanhães, nos termos do artigo 8°, § 3', da Lei Federal n° 14.133, de 01 de abril de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2884/resolucao_numero_01_de_2023.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2884/resolucao_numero_01_de_2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta as disposições da Lei Federal n° 14.133, de 1° de abril de 2021, que dispõe sobre Licitações e Contratos Administrativos, aplicáveis no âmbito do Poder Legislativo do Município de Guanhães e dá outras providências.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2902/resolucao_numero_03_de_2022.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2902/resolucao_numero_03_de_2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução nº 03/2013 e da Resolução nº 6/2015 - Regimento Interno da Câmara Municipal de Guanhães, dá outras providências.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2903/resolucao_numero_04_de_2023.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2903/resolucao_numero_04_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a devolução de bens alocados na Câmara Municipal de Guanhães ao Poder Executivo Municipal</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2904/resolucao_numero_05_de_2023.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2904/resolucao_numero_05_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nova redação do art. 153 do Regimento Interno da Câmara Municipal de Guanhães e dá outras providências.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2900/resolucao_numero_01_de_2022.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2900/resolucao_numero_01_de_2022.pdf</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2901/resolucao_numero_02_de_2022.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2901/resolucao_numero_02_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a participação em Comissão Permanente de Licitação, na função de Pregoeiro ou de equipe de apoio, de servidores ocupantes exclusivamente de cargo em comissão, bem como o pagamento de gratificação pela participação e dá outras providências.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2021/2619/resolucao_numero_03_de_2021.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2021/2619/resolucao_numero_03_de_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nova redação do artigo 153 do Regimento Interno da Câmara de Guanhães e dá outras providências.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2021/2560/scan2021-03-04_111834.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2021/2560/scan2021-03-04_111834.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Celebração de Termo de Responsabilidade para entrega de Notebooks aos Vereadores da Câmara Municipal de Guanhães/MG.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2019/59/resolucao_numero_002_de_dezembro_de_2019_-_concede_hom_4fi38ox.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2019/59/resolucao_numero_002_de_dezembro_de_2019_-_concede_hom_4fi38ox.pdf</t>
   </si>
   <si>
     <t>Concede homenagem ao Pastor Carlos Magno Damasceno</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Concede homenagem à Sra. Helena Simões Pessoa</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2015/50/regimento_interno_camara_de_guanhaes.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2015/50/regimento_interno_camara_de_guanhaes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regimento Interno da Câmara Municipal de Guanhães</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2013/3024/resolucao_03_de_2023.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2013/3024/resolucao_03_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da TRIBUNA LIVRE de acordo com o Capítulo V, artigo 16, inciso XXVIII, do Regimento Interno da Câmara Municipal de Guanhães e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -681,66 +681,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3267/resolucao_07-25_-_devolucao_veiculos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3228/ato_de_promulgacao_do_projeto_de_resolucao_n_06-25_-_devolucao_de_bens.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3224/ato_de_promulgacao_do_projeto_de_resolucao_n_05-25_-_padroniza_os_veiculos_a_serem_adquiridos_e_utilizados_pela_camara_municipal_em_funcao_da_lei_14.133.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3193/ato_de_promulgacao_do_projeto_de_resolucao_n_03-25_-_autoriza_a_devolver_bens_remanescentes_das_obras_de_reforma_do_predio_da_camara_municipal_para_o_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3192/ato_de_promulgacao_do_projeto_de_resolucao_n_02-25_-_devolucao_de_bens_ao_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3183/resolucao_numero_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2024/3129/resolucao_numero_02_de_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2024/3045/resolucao_01-24_-_devolucao_moveis.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2981/resolucao_numero_09_de_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2945/resolucao_numero_08_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2927/resolucao_07_de_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2915/resolucao_06_de_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2914/resolucao_05_de_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2913/resolucao_04_de_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2886/resolucao_numero_03_de_20231.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2885/resolucao_numero_02_de_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2884/resolucao_numero_01_de_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2902/resolucao_numero_03_de_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2903/resolucao_numero_04_de_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2904/resolucao_numero_05_de_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2900/resolucao_numero_01_de_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2901/resolucao_numero_02_de_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2021/2619/resolucao_numero_03_de_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2021/2560/scan2021-03-04_111834.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2019/59/resolucao_numero_002_de_dezembro_de_2019_-_concede_hom_4fi38ox.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2015/50/regimento_interno_camara_de_guanhaes.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2013/3024/resolucao_03_de_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3267/resolucao_07-25_-_devolucao_veiculos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3228/ato_de_promulgacao_do_projeto_de_resolucao_n_06-25_-_devolucao_de_bens.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3224/ato_de_promulgacao_do_projeto_de_resolucao_n_05-25_-_padroniza_os_veiculos_a_serem_adquiridos_e_utilizados_pela_camara_municipal_em_funcao_da_lei_14.133.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3193/ato_de_promulgacao_do_projeto_de_resolucao_n_03-25_-_autoriza_a_devolver_bens_remanescentes_das_obras_de_reforma_do_predio_da_camara_municipal_para_o_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3192/ato_de_promulgacao_do_projeto_de_resolucao_n_02-25_-_devolucao_de_bens_ao_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2025/3183/resolucao_numero_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2024/3129/resolucao_numero_02_de_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2024/3045/resolucao_01-24_-_devolucao_moveis.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2981/resolucao_numero_09_de_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2945/resolucao_numero_08_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2927/resolucao_07_de_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2915/resolucao_06_de_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2914/resolucao_05_de_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2913/resolucao_04_de_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2886/resolucao_numero_03_de_20231.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2885/resolucao_numero_02_de_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2023/2884/resolucao_numero_01_de_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2902/resolucao_numero_03_de_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2903/resolucao_numero_04_de_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2904/resolucao_numero_05_de_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2900/resolucao_numero_01_de_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2022/2901/resolucao_numero_02_de_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2021/2619/resolucao_numero_03_de_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2021/2560/scan2021-03-04_111834.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2019/59/resolucao_numero_002_de_dezembro_de_2019_-_concede_hom_4fi38ox.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2015/50/regimento_interno_camara_de_guanhaes.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/normajuridica/2013/3024/resolucao_03_de_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="248.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="248" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="233.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>