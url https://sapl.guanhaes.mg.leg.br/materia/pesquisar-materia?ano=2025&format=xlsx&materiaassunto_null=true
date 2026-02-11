--- v0 (2025-12-23)
+++ v1 (2026-02-11)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3262" uniqueCount="1489">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3971" uniqueCount="1767">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2654,50 +2654,86 @@
     <t>Apresento a Vossa Excelência, nos termos dos arts. 171 e 172 do Regimento Interno, esta indicação para sugerir ao Prefeito de Guanhães, Evandro Lott Moreira, junto à Secretaria competente, que seja realizada a capina e limpeza da Praça da Marujada. Indico ainda, se possível, a instalação de lixeiras na citada praça.</t>
   </si>
   <si>
     <t>5344</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5344/ind2142025.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos arts. 171 e 172 do Regimento Interno, esta indicação para sugerir ao Prefeito de Guanhães, Evandro Lott Moreira, junto à Secretaria competente, que seja feita a construção de uma passagem elevada ou quebra- molas na Rua Pio Ferreira, nas proximidades do cruzamento de acesso à fábrica de manilhas, local que foi recentemente asfaltado.</t>
   </si>
   <si>
     <t>5345</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5345/ind2152025.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos arts. 171 e 172 do Regimento Interno, esta indicação para sugerir ao Prefeito de Guanhães, Evandro Lott Moreira, junto à Secretaria competente, que seja providenciada a construção de uma passagem elevada em frente ao Espaço do Açaí, localizado na Avenida Milton Campos, número 1.985.</t>
+  </si>
+  <si>
+    <t>5440</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5440/ind2162025.pdf</t>
+  </si>
+  <si>
+    <t>Apresento a Vossa Excelência, nos termos dos arts. 171 e 172 do Regimento Interno, esta indicação para sugerir ao Prefeito de Guanhães, Evandro Lott Moreira, junto à Secretaria competente, que sejam tomadas providências para a finalização do calçamento da Rua Venezuela, situada no Bairro Nações, que atualmente não possui pavimentação.</t>
+  </si>
+  <si>
+    <t>5447</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2026/5447/indicacao_217_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a instalação de quebra-molas no Bairro Aod Pereira, na Praça Dom Filipe da Cunha, próximo ao número 90.</t>
+  </si>
+  <si>
+    <t>5448</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5448/indicacao_218_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a instalação de quebra-molas na Rua José Vicente Caldeira, em frente ao número 79, situado no Distrito do Cruzeiro do Aricanga.</t>
   </si>
   <si>
     <t>4971</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4971/req0125.pdf</t>
   </si>
   <si>
     <t>Venho através deste requerer do Senhor Prefeito, que sejam providenciados 1.500 metros de meio-fio para a pavimentação asfáltica das ruas do distrito de Farias.</t>
   </si>
   <si>
     <t>5021</t>
   </si>
   <si>
     <t>Nivaldo dos Santos, Epifânio Júnior</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5021/req0225.pdf</t>
   </si>
@@ -3437,50 +3473,68 @@
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5322/mocao552025.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo falecimento de Roberto Roulien Carvalhais, ocorrido no dia 13 de novembro de 2025.</t>
   </si>
   <si>
     <t>5334</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5334/mocao562025.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos arts.171 e 175 do Regimento Interno, esta Moção de Aplauso à Senhora Teodora Firmino de Paula Silva, em reconhecimento à sua trajetória de vida, marcada pela dedicação à família, pela fé e pelo trabalho em prol da cultura e da comunidade. Poetisa, artesã e participante ativa da Sociedade São Vicente de Paulo e de grupos culturais do município. Dona Teodora tem contribuído para a valorização da_x000D_
 memória, da arte e da convivência entre gerações.</t>
   </si>
   <si>
     <t>5341</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5341/mocao572025.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos dos arts.171 e 175 do Regimento Interno, esta Moção de Aplauso a Evaldo José Bento, em reconhecimento ao relevante projeto Itinerante JB, desenvolvido em Guanhães e região.</t>
   </si>
   <si>
+    <t>5439</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5439/mocao582025.pdf</t>
+  </si>
+  <si>
+    <t>Apresento a Vossa Excelência, nos termos dos arts. 171 e 175 do Regimento Interno, esta Moção de Aplauso a Adriano Oliveira, idealizador do documentário “Entre Ouro e Almas”, que retrata com sensibilidade, compromisso e amor a história da nossa querida cidade de Guanhães, valorizando e eternizando sua memória, sua cultura, sua identidade e a alma do povo guanhanense.</t>
+  </si>
+  <si>
+    <t>5444</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5444/mocao_59_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso a Natanael Gonçalves, editor do documentário "Entre Ouro e Almas", pelo trabalho sensível e dedicado de sua edição que contribuiu essencialmente para dar vida, ritmo, emoção, eternizar memória e à narrativa que retrata a história de nossa querida Guanhães.</t>
+  </si>
+  <si>
     <t>4947</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Evandro Lott Moreira (Prefeito Municipal)</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4947/projeto_de_lei_01_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de veículo de propriedade do Município à Associação de Pais e Amigos dos Excepcionais de Guanhães e dá outras providências.</t>
   </si>
   <si>
     <t>4948</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4948/projeto_de_lei_numero_02_de_2025.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Social Bolsa Aprendizagem Profissional — PRO ENSINO- e dá outras providências</t>
@@ -4458,132 +4512,923 @@
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5211/emenda_01_ao_pl_42_de_2025.pdf</t>
   </si>
   <si>
     <t>Modifica o art. 1°, que alterou o § 3º do art. 1° da Lei n° 3.252, de 14 de março de 2025</t>
   </si>
   <si>
     <t>5320</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5320/emenda_001_pl_51_de_2025.pdf</t>
   </si>
   <si>
     <t>Modifica o artigo 3ª do Projeto de lei 51/2025</t>
   </si>
   <si>
     <t>5315</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5315/emenda_001_pl_52_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera o projeto de lei 52, de 15 de setembro de 2025 que dispõe sobre a organização e funcionamento de ensino nas Escolas Municipais da Educação Básica do Município de Guanhães.</t>
   </si>
   <si>
+    <t>5356</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5356/emenda_01_pl_54_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Criação de PROGRAMA e Ação dentro da Secretaria Municipal de Governo específico para Manutenção do Sistema Olho Vivo</t>
+  </si>
+  <si>
+    <t>5355</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5355/emenda_01_pl_55_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ficam modificados os valores das dotações orçamentárias constantes do Projeto de Lei n° 55/2025 (Lei Orçamentária Anual para o exercício de 2026)</t>
+  </si>
+  <si>
     <t>5331</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5331/emenda_001_pl_57_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do projeto de lei número 57/2025.</t>
   </si>
   <si>
     <t>5096</t>
   </si>
   <si>
     <t>EMD2</t>
   </si>
   <si>
     <t>Emenda número 002 ao projeto de lei</t>
   </si>
   <si>
     <t>OSPM - Comissão de Obras e Serviços Públicos Municipais</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5096/emenda_no_02_ao_projeto_13-25_-_limpeza_e_capina_dos_lotes.pdf</t>
   </si>
   <si>
     <t>O parágrafo único do art. 1º do projeto de lei número 13/2025, torna-se §1º, mantida a redação, e adiciona o §2º</t>
   </si>
   <si>
     <t>5179</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5179/emenda_002_pl35.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único do artigo 7º ao projeto de lei 35/2025</t>
   </si>
   <si>
+    <t>5357</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5357/emenda_02_pl_54_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Criação de um PROGRAMA dentro da Secretaria Municipal de Esporte e Lazer</t>
+  </si>
+  <si>
     <t>5183</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5183/projeto_ldo_2026_-_substitutivo.pdf</t>
   </si>
   <si>
     <t>5166</t>
   </si>
   <si>
     <t>EMDC</t>
   </si>
   <si>
     <t>Emenda número 001 ao Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5166/emenda_001_plc_03_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera o Projeto de Lei Complementar n° 003, de 30 de maio de 2025</t>
   </si>
   <si>
     <t>5167</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5167/emenda_001_plc_05_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera o Projeto de Lei Complementar n2 005, de 30 de maio de 2025.</t>
   </si>
   <si>
     <t>5170</t>
   </si>
   <si>
     <t>Emenda número 002 ao Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5170/emenda_002_ao_plc_03_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera o Projeto de Lei Complementar n2 003, de 30 de maio de 2025</t>
+  </si>
+  <si>
+    <t>5358</t>
+  </si>
+  <si>
+    <t>EI</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5358/emenda_impositiva_02_de_2025_-_bancada_pp.pdf</t>
+  </si>
+  <si>
+    <t>A aplicação do recurso no montante de R$ 156.627,51 (cento e cinquenta e seis mil, seiscentos e vinte e sete reais e cinquenta e um centavos) destina-se à contratação de serviços especializados, bem como à aquisição de materiais e equipamentos indispensáveis à manutenção, operacionalização e regular funcionamento das atividades desenvolvidas pelo Lar São Vicente de Paulo.</t>
+  </si>
+  <si>
+    <t>5359</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5359/emenda_impositiva_03_de_2025_-_bancada_pt.pdf</t>
+  </si>
+  <si>
+    <t>Pagamento para transporte de atletas, membros associados, treinadores, comissões técnicas da Associação Brutos Esporte Clube.  Valor da Emenda: R$ 36.627,51</t>
+  </si>
+  <si>
+    <t>5360</t>
+  </si>
+  <si>
+    <t>Bancada do PT</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5360/emenda_impositiva_04_de_2025_-_bancada_pt.pdf</t>
+  </si>
+  <si>
+    <t>Órgão / Secretaria Beneficiária:  Secretaria Municipal de Transporte e Trânsito_x000D_
+Valor: R$ 120.000,00</t>
+  </si>
+  <si>
+    <t>5361</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5361/emenda_impositiva_05_de_2025_bancada_-_pt.pdf</t>
+  </si>
+  <si>
+    <t>Obras de  terraplanagem, drenagem e pavimentação no trecho compreendido entre os bairros Vista Alegre e Zona de Expansão, com passagem pela área da cascalheira. Valor: R$ 96.627,51</t>
+  </si>
+  <si>
+    <t>5362</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5362/emenda_impositiva_06_de_2025_-_bancada_pt.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda justifica-se pela necessidade de promover melhorias estruturais na sede da Associação Comunitária do Bairro Pito, Bom Sucesso e suas Adjacências. Valor: R$ 60.000,00.</t>
+  </si>
+  <si>
+    <t>5363</t>
+  </si>
+  <si>
+    <t>Bancada Municipal do Partido Liberal</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5363/emenda_impositiva_07_de_2025_-_bancada_pl.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de mesas, cadeiras em salas de espera e sala de reuniões no pavimento superior, aquisição e instalação de aparelhos de ar condicionado nos diversos ambientes do Posto de Saúde do distrito de Farias, aquisição e instalação de bebedouros em todos os pavimentos e aquisição de insumos. Valor: R$ 156.627,51</t>
+  </si>
+  <si>
+    <t>5364</t>
+  </si>
+  <si>
+    <t>Bancada Municipal do Partido Democrático Trabalhista</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5364/emenda_impositiva_08_de_2025_-_bancada_pdt.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, no que se refere ao cuidado e no atendimento aos usuários e pacientes da Associação mantenedora do Hospital Imaculada Conceição. Valor: R$ 156.627,51</t>
+  </si>
+  <si>
+    <t>5365</t>
+  </si>
+  <si>
+    <t>Bancada do Podemos</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5365/emenda_impositiva_09_de_2025_-_bancada_podemos.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção de estradas rurais no distrito de Correntinho. Valor: R$ 56.627,51</t>
+  </si>
+  <si>
+    <t>5366</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5366/emenda_impositiva_10_de_2025_-_bancada_podemos.pdf</t>
+  </si>
+  <si>
+    <t>Instalação do sistema OLHO VIVO de monitoramento por câmeras de segurança no distrito de Correntinho. Valor: R$ 100.000,00 (cem mil reais)</t>
+  </si>
+  <si>
+    <t>5367</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5367/emenda_impositiva_11_de_2025_-_bancada_pdt.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade a aquisição de bens permanentes e a contratação de serviços de terceiros, enquadrando-se como serviços de natureza continuada ou eventual, sem geração de vínculo empregatício. Bem como contratação de empresa especializada para execução de obras de reforma física e estrutural nas dependências do lar São Vicente de Paulo. R$ R$ 156.627,51.</t>
+  </si>
+  <si>
+    <t>5368</t>
+  </si>
+  <si>
+    <t>Bancada do Partido Republicanos</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5368/emenda_impositiva_12_de_2025_-_bancada_republicanos.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção das atividades da Casa de Apoio Jesus de Nazaré (ACAJENA). Valor: R$ R$ 156.627,51.</t>
+  </si>
+  <si>
+    <t>5369</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5369/emenda_impositiva_13_de_2025_-_bancada_republicanos.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade a aquisição de serviços de confecção e personalização de uniformes esportivos, aquisição de materiais esportivos para treinos e competições, serviços de manutenção e reparo do campo de futebol onde funciona as atividades da escolinha de futebol, serviços de apoio médico, fisioterapêutico e nutricional coletivo, serviços de transporte, hospedagem e alimentação para deslocamento da equipe de futebol e de atletismo (corrida) em competições,_x000D_
+aquisição de maquinas e equipamentos para manutenção e melhorias do local de treino da escolinha de futebol, bem como outros serviços técnicos necessários à execução das atividades esportivas para os atletas infantis, jovens e adultos atendidos pelo Projeto "O FUTURO SE FAZ NO PRESENTE" e para a equipe de futebol amador mantida por essa instituição. Valor: R$ 156.627,51 (CENTO E CINQUENTA E SEIS MIL, SEISCENTOS E VINTE E SETE REAIS E CINQUENTA E UM CENTAVOS)</t>
+  </si>
+  <si>
+    <t>5370</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5370/emenda_impositiva_14_de_2025_-_bancada_pl.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade a manutenção das atividades do Instituto Casa da Provisão de Guanhães. Valor: R$ 80.000,00</t>
+  </si>
+  <si>
+    <t>5371</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5371/emenda_impositiva_15_de_2025_-_bancada_pl.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade a manutenção das atividades do Instituto Casa da Provisão de Guanhães. Valor: R$ 76.627,51</t>
+  </si>
+  <si>
+    <t>5372</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5372/emenda_impositiva_16_de_2025_-_bancada_republicanos.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza da Cachoeira do Bruno no distrito do Taquaral. Valor: R$ 15.000,00</t>
+  </si>
+  <si>
+    <t>5373</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5373/emenda_impositiva_17_de_2025_-_bancada_republicanos.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de Câmeras de Segurança — Olho Vivo pela cidade de Guanhães. Valor: R$ 141.627,51</t>
+  </si>
+  <si>
+    <t>5374</t>
+  </si>
+  <si>
+    <t>Bancada Municipal do Podemos</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5374/emenda_impositiva_18_de_2025_-_bancada_podemos.pdf</t>
+  </si>
+  <si>
+    <t>A presente indicação de emenda parlamentar de bancada destinada à Associação Grêmio Esporte Clube tem por objetivo viabilizar melhorias na infraestrutura utilizada de forma contínua pela comunidade Guanhanense. Valor: R$ 82.627,51</t>
+  </si>
+  <si>
+    <t>5375</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5375/emenda_impositiva_19_de_2025_-_bancada_podemos.pdf</t>
+  </si>
+  <si>
+    <t>A presente indicação de emenda parlamentar de bancada visa atender necessidade de melhorias na estrutura do campo de futebol da sede da associação Guanhanense dos Rodoviários - Agroder — CNPJ n° 21.249.826/0001-69: Valor: R$ 74.000,00</t>
+  </si>
+  <si>
+    <t>5376</t>
+  </si>
+  <si>
+    <t>Bancada do PSD</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5376/emenda_impositiva_20_de_2025_-_bancada_psd.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se o valo da emenda de bancada para atender as despesas de reforma predial do prédio público municipal destinado a atender os serviços do exército brasileiro (tiro de guerra). Valor: R$ 156.627,51</t>
+  </si>
+  <si>
+    <t>5377</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5377/emenda_impositiva_21_de_2025_individual_-_vereadora_adileila_rosa_goncalves.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda será destinada a cirurgias eletivas,  e será direcionado à Secretaria Municipal de Saúde de Guanhães, por meio do Fundo Municipal de Saúde. Valor: R$ 121.386,32</t>
+  </si>
+  <si>
+    <t>5378</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5378/emenda_impositiva_22_de_2025_individual_-_vereadora_adileila_rosa_goncalves.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda destina-se a viabilizar a realização de atividades socioeducativas internas e externas, bem como ao fortalecimento das ações permanentes desenvolvidas pelo Clube de Desbravadores Guerreiros Guanaãs, assegurando condições adequadas de transporte, alimentação, organização, identificação, segurança e bem-estar dos participantes. Valor: R$ 45.000,00</t>
+  </si>
+  <si>
+    <t>5379</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5379/emenda_impositiva_23_de_2025_individual_-_vereadora_adileila_rosa_goncalves.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere a Obra Complementar da Construção de salas para o Escritório, Sala para almoxarifado e banheiros na Sede da Associação de Moradores do Bairro das Nações, pavimento superior, contribuindo para a melhoria da qualidade dos serviços prestados à população. Valor: R$ 25.462,32</t>
+  </si>
+  <si>
+    <t>5380</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5380/emenda_impositiva_24_de_2025_individual_-_vereadora_adileila_rosa_goncalves.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere a aquisição de alimentação tipo lanche após ao treinos e/ou eventos do projeto, aquisição de uniformes de competição (camisas, hashguards, bermudas, agasalhos, faixas de graduação, transporte para campeonatos, mochilas, garrafinhas de agua (squeeze)„ para crianças e adolescentes atendidos pelo Projeto Vencer de_x000D_
+Jiu-jítsu — OSC TEAM Alexandre Xuxa, contribuindo para a melhoria da qualidade dos serviços prestados à população. Valor: R$ 25.462,32</t>
+  </si>
+  <si>
+    <t>5381</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5381/emenda_impositiva_25_de_2025_individual_-_vereadora_adileila_rosa_goncalves.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere as ações prevista no estatuto da AVHIC, Associação dos Voluntários do Hospital Imaculada Conceição, contribuindo para a realização das ações para atender ao bem-estar físico e emocional dos pacientes do Hospital Imaculada Conceição e seus acompanhantes. Valor: R$ 25.462,00</t>
+  </si>
+  <si>
+    <t>5382</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5382/emenda_impositiva_26_de_2025_individual_-_vereador_adilson_ferreira_de_souza.pdf</t>
+  </si>
+  <si>
+    <t>Realização de exames, cirurgias de oftalmologia, bem como exames de endoscopia. Valor: R$ 121.386,32.</t>
+  </si>
+  <si>
+    <t>5383</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5383/emenda_impositiva_27_de_2025_individual_-_vereador_adilson_ferreira_de_souza.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere a aquisição de alimentação tipo lanche para crianças e adolescentes atendidos pelo Projeto Vencer de Jiu-jítsu — OSC TEAM Alexandre Xuxa, contribuindo para a melhoria da qualidade dos serviços prestados à população. Valor: R$ 50.000,00</t>
+  </si>
+  <si>
+    <t>5384</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5384/emenda_impositiva_28_de_2025_-_individual_vereador_adilson_ferreira_de_souza.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade viabilizar a execução de atividades culturais e recreativas destinadas à população idosa do município, ao longo do período de 12 (doze) meses, promovendo inclusão social, fortalecimento dos vínculos comunitários e_x000D_
+valorização da memória cultural local. Emenda destinada à Associação dos Moradores do Bairro Nossa Senhora Aparecida. Valor: R$ 35.000,00</t>
+  </si>
+  <si>
+    <t>5385</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5385/emenda_impositiva_29_de_2025_-__individual_vereador_adilson_ferreira_de_souza.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere a Obra Complementar da Construção do Escritório e banheiro na Sede da Associação de Moradores do Bairro das Nações, pavimento superior, contribuindo para a melhoria da qualidade dos serviços prestados à população. Valor: R$15.000,00</t>
+  </si>
+  <si>
+    <t>5386</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5386/emenda_impositiva_30_de_2025_-_individual_vereador_adilson_ferreira_de_souza.pdf</t>
+  </si>
+  <si>
+    <t>A emenda atenderá interesse público, permitindo a continuidade do tratamento de dependentes químicos. Com as verbas da emenda será possível o custeio de: Pagamento do aluguel do imóvel onde funciona a Associação Renascer; água, luz, gás_x000D_
+de cozinha, fornecimento de alimentação integral dos dependentes, com café da manhã, almoço, lanche da tarde, jantar, higiene pessoal, limpeza do local, manutenção da estrutura do imóvel, como troca de portão etc, além de atividades desportivas e recreativas, que por vezes são realizadas em locais externos, o que demanda o transporte dos necessitados. Valor: R$ 21.386,32</t>
+  </si>
+  <si>
+    <t>5387</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5387/emenda_impositiva_31_de_2025_-_individual_vereador_andre_luiz_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>A emenda parlamentar tem como objetivo garantir recursos financeiros específicos para viabilizar a prática esportiva em âmbito municipal, regional e interestadual da Associação Brutos Esporte Clube. Valor: R$ 30.000,00</t>
+  </si>
+  <si>
+    <t>5388</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5388/emenda_impositiva_32_de_2025_-_bancada_pt.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere a Obra Complementar da Construção de salas para o Escritório, Sala para almoxarifado e banheiros na Sede da Associação de Moradores do Bairro das Nações, pavimento superior, contribuindo para a melhoria da qualidade dos serviços prestados à população. Valor: R$ 41.386,32</t>
+  </si>
+  <si>
+    <t>5389</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5389/emenda_impositiva_33_de_2025_-_individual_vereador_andre_luiz_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>O objeto da presente emenda impositiva, no valor de R$ 30.000,00 reais é o atendimento de interesse público, visando ao aprimoramento das políticas públicas municipais, em especial as ligadas ao esporte. O objeto principal da emenda será a_x000D_
+distribuição gratuita de materiais esportivos aos atletas atendidos pela Associação de Futebol Turma do Golaço. Dentre os materiais esportivos serão adquiridos: kits completos de jogos, camisas de viagem, short de viagem, agasalho de viagem e calça_x000D_
+de viagem. Os materiais serão utilizados quando a equipe esportiva estiver participando de competições fora do município de Guanhães.</t>
+  </si>
+  <si>
+    <t>5390</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5390/emenda_impositiva_34_de_2025_-_bancada_pt.pdf</t>
+  </si>
+  <si>
+    <t>A emenda proposta visa fortalecer a capacidade operacional e estrutural do Centro de Reintegração Social (CRS), instituição fundamental no processo de recuperação e reintegração de pessoas privadas de liberdade. Atualmente, o CRS enfrenta limitações que comprometem a continuidade e o aprimoramento de suas atividades, exigindo investimentos para garantir seu funcionamento adequado. Valor: R$ 20.000,00 (vinte mil reais)</t>
+  </si>
+  <si>
+    <t>5391</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5391/emenda_impositiva_35_de_2025_-_individual_vereador_andre_luiz_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>O valor de R$ 121.386,32 da presente emenda parlamentar será devidamente registrado e direcionado à Secretaria Municipal de Saúde de Guanhães, por meio do Fundo Municipal de Saúde. O valor será destinado a cirurgias eletivas, ação dentro do Programa da Atenção de alta e média complexidade.</t>
+  </si>
+  <si>
+    <t>5392</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5392/emenda_impositiva_36_de_2025_individual_vereador_beneir_alves_de_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>O valor de R$ 121.386,32 da presente emenda parlamentar será devidamente registrado e direcionado à Secretaria Municipal de Saúde de Guanhães, por meio do Fundo Municipal de Saúde. O valor será destinado à cirurgias eletivas, ação dentro do Programa da Atenção de alta e média complexidade.</t>
+  </si>
+  <si>
+    <t>5393</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5393/emenda_impositiva_37_de_2025_individual_vereador_beneir_alvees_de_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere a aquisição de alimentação tipo lanche para crianças e adolescentes atendidos pelo Projeto Vencer de Jiu-jitsu — OSC TEAM Alexandre Xuxa, contribuindo para a melhoria da qualidade dos serviços prestados à população. Valor: R$ 41.000,00</t>
+  </si>
+  <si>
+    <t>5394</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5394/emenda_impositiva_38_de_2025_individual_-_vereador_beneir_alves_de_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>Os itens listados pelo Instituto Guanaãs destinam-se a viabilizar a realização de atividades socioeducativas internas e externas, bem como ao fortalecimento das ações permanentes desenvolvidas pelo Clube de Desbravadores Guerreiros Guanaãs, assegurando condições adequadas de transporte, alimentação, organização, identificação, segurança e bem-estar dos participantes. Valor: R$ 40.000,00</t>
+  </si>
+  <si>
+    <t>5395</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5395/emenda_impositiva_39_de_2025_-_individual_vereador_beneir_alves_de_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda terá como objeto o atendimento a aquisição de materiais e produtos para incentivo ao plantio, tais como: sementes de qualidade, corretivos e fertilizantes, entre outros para a Associação dos Moradores da Sub-Bacia hidrográfica dos córregos dos pintos, gunga, ponte alta, barra mansa e onça. Valor: R$ 20.000,00</t>
+  </si>
+  <si>
+    <t>5396</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5396/emenda_impositiva_40_de_2025_-_individual_vereador_beneir_alves_de_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere à melhoria da infraestrutura comunitária da AMBASA, por meio da execução de serviços de reforma do salão da associação, incluindo a instalação de piso adequado, o revestimento das paredes e a aplicação de tapete antiderrapante na rampa da cozinha, garantindo segurança, funcionalidade e melhores condições de uso do espaço pela população. Valor: R$ 20.386,32</t>
+  </si>
+  <si>
+    <t>5397</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5397/emenda_impositiva_41_de_2025_-_invividual_vereador_celio_vicente_rocha.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, através da destinação do recurso para a aquisição de serviços de confecção e personalização de uniformes esportivos, aquisição de materiais esportivos para treinos e competições, serviços de manutenção e reparo do campo de futebol onde funciona as atividades da escolinha de futebol, serviços de transporte para deslocamento da equipe em competições oficiais, bem como outros serviços técnicos necessários à execução das atividades esportivas para os atletas infantis, jovens e adultos atendidos pelo Projeto "O FUTURO SE FAZ NO PRESENTE" e para a equipe de futebol amador mantida por essa instituição, contribuindo para a melhoria da qualidade dos serviços prestados à população.</t>
+  </si>
+  <si>
+    <t>5398</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5398/emenda_impositiva_42_de_2025_-_individual_vereador_celio_vicente_rocha.pdf</t>
+  </si>
+  <si>
+    <t>O objeto proposto é a aquisição de materiais como: bola, rede, uniformes esportivos, materiais de preparo físico, materiais auxiliares de treinamento e insumos preventivos para a Associação de Futebol Turma do Golaço.</t>
+  </si>
+  <si>
+    <t>5399</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5399/emenda_impositiva_43_de_2025_-_individual_vereador_celio_vicente_rocha.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere à implantação da Biblioteca Comunitária e do Serviço de Reforço Escolar na sede da Associação Comunitária do Bairro Pito, Bom Sucesso e suas Adjacências</t>
+  </si>
+  <si>
+    <t>5400</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5400/emenda_impositiva_44_de_2025_-_individual_celio_vicente_rocha.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere a Obra Complementar da Construção do Escritório e banheiro na Sede da Associação de  Moradores do Bairro das Nações. Valor: R$ 20.000,00</t>
+  </si>
+  <si>
+    <t>5401</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5401/emenda_impositiva_45_de_2025_-_individual_vereador_celio_vicente_rocha1.pdf</t>
+  </si>
+  <si>
+    <t>Reforma do Posto de Saúde do Distrito de Farias. Valor: R$ 121.386,32</t>
+  </si>
+  <si>
+    <t>5402</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5402/emenda_impositiva_46_de_2025_-_individual_vereadora_claudiana_azevedo.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere a Obra Complementar da Construção do Escritório e banheiro na Sede da Associação de Moradores do Bairro das Nações, pavimento superior, contribuindo para a melhoria da qualidade dos serviços prestados à população.</t>
+  </si>
+  <si>
+    <t>5403</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5403/emenda_impositiva_47_de_2025_-_individual_vereadora_claudiana_azevedo.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere a aquisição de alimentação tipo lanche após ao treinos e/ou eventos do projeto, aquisição de uniformes de competição (camisas, hashguards, bermudas, agasalhos, faixas de graduação, transporte para campeonatos, mochilas, garrafinhas de agua (squeeze)„ para crianças e adolescentes atendidos pelo Projeto Vencer de Jiu-jítsu — OSC TEAM Alexandre Xuxa, contribuindo para a melhoria da qualidade dos serviços prestados à população.</t>
+  </si>
+  <si>
+    <t>5404</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5404/emenda_impositiva_48_de_2025_-_individual_vereadora_claudiana_azevedo.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere as ações prevista no estatuto da AVHIC, Associação dos Voluntários do Hospital Imaculada Conceição, contribuindo para a realização das ações para atender ao bem estar físico e emocional dos pacientes do Hospital Imaculada Conceição e seus acompanhantes. Valor: R$ 10.000,00</t>
+  </si>
+  <si>
+    <t>5405</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5405/emenda_impositiva_49_de_2025_-_individual_vereadora_claudiana_azevedo.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, no que se refere ao cuidado e no atendimento aos usuários e pacientes da Associação mantenedora do Hospital Imaculada Conceição. Valor: R$ 192.772,64</t>
+  </si>
+  <si>
+    <t>5406</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5406/emenda_impositiva_50_de_2025_-_individual_vereadora_claudiana_azevedo.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, no que se refere ao cuidado às pessoas com deficiências intelectuais, sejam neurodivergentes e/ou outras comorbidades, a presente emenda parlamentar individual visa contribuir com um pouco mais de qualidade no atendimento aos usuários e pacientes da Associação de Pais e Amigos dos Excepcionais de Guanhães - APAE, buscando proporcionar mais conforte atenção e cuidados especiais, especialmente no que se refere à grande necessidade de aquisição de equipamentos como cadeiras de rodas.</t>
+  </si>
+  <si>
+    <t>5407</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5407/emenda_impositiva_52_de_2025_-_individual_vereador_epifanio_sette_de_abril_.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade o a instalação de iluminação por refletores da única pista de caminhada no distrito de Correntinho. Valor: R$ 21.386,32</t>
+  </si>
+  <si>
+    <t>5408</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5408/emenda_impositiva_53_de_2025_-_individual_vereador_epifanio_sette_de_abril_junior.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade a instalação ou substituição de um transformador de energia elétrica na comunidade denominada Córrego dos Chaves, no Distrito de Correntinho, neste município. Valor: R$25.000,00</t>
+  </si>
+  <si>
+    <t>5409</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5409/emenda_impositiva_54_de_2025_-_individual_vereador_epifanio_sette_de_abril.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade a construção de canaletes e caixas receptoras em morros de estradas rurais do distrito de Correntinho. Valor: R$ 75.000,00</t>
+  </si>
+  <si>
+    <t>5410</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5410/emenda_impositiva_55_de_2025_-_individual_vereador_epifanio_sette_de_abril.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por fina/idade o custeio de consultas e exames médicos específicos para diagnóstico e tratamento do transtorno do espectro autista (TEA) para crianças do município de Guanhães. Valor: R$ 41.386,32 (oitenta mil reais)</t>
+  </si>
+  <si>
+    <t>5411</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5411/emenda_impositiva_56_de_2025_-_individual_vereador_lucimar_ferreira_pinto.pdf</t>
+  </si>
+  <si>
+    <t>Realização de cirurgias eletivas no município de Guanhães. R$ R$ 121.386,32</t>
+  </si>
+  <si>
+    <t>5412</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5412/emenda_impositiva_57_de_2025_-_individual_vereador_epifanio_sette_de_abril_junior.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de equipamentos para o Hospital Regional Imaculada Conceição (HIC), sediado no município de Guanhães. Valor: R$ R$ 80.000,00</t>
+  </si>
+  <si>
+    <t>5413</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5413/emenda_impositiva_58_de_2025_individual_vereador_lucimar_ferreira_pinto.pdf</t>
+  </si>
+  <si>
+    <t>Os itens listados pelo Instituto Guanaãs destinam-se a viabilizar a realização de atividades socioeducativas internas e externas, bem como ao fortalecimento das ações permanentes desenvolvidas pelo Clube de Desbravadores Guerreiros Guanaãs, assegurando condições adequadas de transporte, alimentação, organização, identificação, segurança e bem-estar dos participantes. Valor: R$ R$15.000,00</t>
+  </si>
+  <si>
+    <t>5414</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5414/emenda_impositiva_59_de_2025_-_individual_vereador_lucimar_ferreira_pinto.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere a Obra Complementar da Construção do Escritório e banheiro na Sede da Associação de Moradores do Bairro das Nações. Valor: R$ R$ 61.386,32</t>
+  </si>
+  <si>
+    <t>5415</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5415/emenda_impositiva_60_de_2025_-_individual_vereador_lucimar_pinto.pdf</t>
+  </si>
+  <si>
+    <t>Reforma do imóvel para recebimento de máquinas, com ampliação de uma sala para a Associação dos Voluntários do Hospital Imaculada Conceição. Valor: Valor: R$30.000,00</t>
+  </si>
+  <si>
+    <t>5416</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5416/emenda_impositiva_61_de_2025_-_individual_vereadora_maria_anidia_de_paula.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção da ACAJENA oferecendo espaço adequado às pessoas acometidas com câncer oferecendo alimentação, acomodação dia e noite, atendimento social e psicológico, material de limpeza e higiênico. Manutenção de ambulatório e consultas médicas, insumos, transporte para realização de exames, encaminhamento de pacientes para hospitais e clínicas que oferecem tratamento oncológico em sua fase final, bem como prestação de serviços de assistência social e psicológica aos seus_x000D_
+familiares. Valor: R$ R$ 121.386,32</t>
+  </si>
+  <si>
+    <t>5417</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5417/emenda_impositiva_62_de_2025_-_individual_vereadora_maria_anidia_de_paula.pdf</t>
+  </si>
+  <si>
+    <t>O valor de R$ 121.386,32 da presente emenda parlamentar será devidamente registrado e direcionado à Secretaria Municipal de Saúde de Guanhães, por meio do Fundo Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>5418</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5418/emenda_impositiva_63_de_2025_-_individual_vereador_mauro_da_conceicao_neves.pdf</t>
+  </si>
+  <si>
+    <t>Realização de cirurgias eletivas. Valor: 121.386,32</t>
+  </si>
+  <si>
+    <t>5419</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5419/emenda_impositiva_64_de_2025_-_individual_vereador_mauro_da_conceicao_neves.pdf</t>
+  </si>
+  <si>
+    <t>O objeto da presente emenda impositiva, no valor de R$ 40.000,00 reais é o atendimento de interesse público, visando ao aprimoramento das políticas públicas municipais, em especial as ligadas ao esporte. O objeto principal da emenda será a_x000D_
+distribuição gratuita de materiais esportivos aos atletas de todas as categorias, atendidos pela Associação de Futebol Turma do Golaço. Valor: R$ 30.000,00</t>
+  </si>
+  <si>
+    <t>5420</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5420/emenda_impositiva_65_de_2025_-_individual_vereador_mauro_da_conceicao_neves.pdf</t>
+  </si>
+  <si>
+    <t>Os itens listados pelo Instituto Guanaãs destinam-se a viabilizar a realização de atividades socioeducativas internas e externas, bem como ao fortalecimento das ações permanentes desenvolvidas pelo Clube de Desbravadores Guerreiros Guanaãs, assegurando condições adequadas de transporte, alimentação, organização, identificação, segurança e bem-estar dos participantes. Valor: R$40.000,00</t>
+  </si>
+  <si>
+    <t>5421</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5421/emenda_impositiva_66_de_2025_-_individual_vereador_mauro_da_conceicao_neves.pdf</t>
+  </si>
+  <si>
+    <t>A emenda atenderá interesse público, permitindo a continuidade do tratamento de dependentes químicos atendidos pela Associação Renascer - ASSORE - Guanhães/MG</t>
+  </si>
+  <si>
+    <t>5422</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5422/emenda_impositiva_67_de_2025_-_individual_vereador_mauro_da_conceicao_neves.pdf</t>
+  </si>
+  <si>
+    <t>O objeto da presente emenda impositiva, no valor de R$16.194,00 é o atendimento de interesse público e aprimoramento das políticas públicas municipais, ligadas principalmente aos esportes. Tem como objetivo distribuição gratuita de materiais_x000D_
+esportivos aos atletas do Grêmio Futebol Clube, dentre os quais: bolas para treino/jogos, coletes para treino, uniformes para jogos, luvas goleiro e chuteiras. Os materiais serão utilizados quando em participação campeonatos, treinos e atividades_x000D_
+internas do referido clube. Valor: R$16.194,00</t>
+  </si>
+  <si>
+    <t>5423</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5423/emenda_impositiva_68_de_2025_-_individual_vereador_nelci_pereira_chaves.pdf</t>
+  </si>
+  <si>
+    <t>5424</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5424/emenda_impositiva_69_de_2025_-_individual_vereador_nelci_pereira_chaves.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção das atividades do Instituto Casa da Provisão de Guanhães. Valor: R$ 41 386 32</t>
+  </si>
+  <si>
+    <t>5425</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5425/emenda_impositiva_70_de_2025_-_individual_vereador_nelci_pereira_chaves.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção das atividades do Instituto Casa da Provisão de Guanhães. Valor; R$ 30.000,00</t>
+  </si>
+  <si>
+    <t>5426</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5426/emenda_impositiva_71_de_2025_-_individual_vereador_nelci_pereira_chaves.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção das atividades do Instituto Casa da Provisão de Guanhães. Valor: 25 000,00</t>
+  </si>
+  <si>
+    <t>5427</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5427/emenda_impositiva_72_de_2025_-_individual_vereador_nelci_pereira_chaves.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção das atividades do Instituto Casa da Provisão de Guanhães. R$ 25.000,00</t>
+  </si>
+  <si>
+    <t>5428</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5428/emenda_impositiva_73_de_2025_-_individual_vereador_nivaldo_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Reforma e ampliação do Posto de Saúde do Distrito de Taquaral. Valor. R$  121.386,32</t>
+  </si>
+  <si>
+    <t>5429</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5429/emenda_impositiva_74_de_2025_-_individual_vereador_nivaldo_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de Câmeras de Segurança — Olho Vivo pela cidade de Guanhães. R$ 100.000,00</t>
+  </si>
+  <si>
+    <t>5430</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5430/emenda_impositiva_75_de_2025_-_individual_vereador_nivaldo_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade atender demanda de interesse público, visando ao aprimoramento das políticas públicas municipais, notadamente no que se refere a aquisição de alimentação tipo lanche após ao treinos e/ou eventos do projeto, aquisição de uniformes de competição (camisas, hashguards, bermudas, agasalhos, faixas de graduação, transporte para campeonatos, mochilas, garrafinhas de agua (squeeze)„ para crianças e adolescentes atendidos pelo Projeto Vencer de Jiu-jítsu — OSC TEAM Alexandre Xuxa. R$ R$ 5.386.32</t>
+  </si>
+  <si>
+    <t>5431</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5431/emenda_impositiva_76_de_2025_-_individual_vereador_nivaldo_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de máquinas e equipamentos (Máquina de costura reta industrial e máquina de lavar roupas) para a Associação dos Voluntários do Hospital Imaculada Conceição. R$ 8.000,00</t>
+  </si>
+  <si>
+    <t>5432</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5432/emenda_impositiva_77_de_2025_-_individual_vereador_nivaldo_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>A presente emenda tem por finalidade destinar recursos para a compra de materiais esportivos, incluindo uniformes, bolas, cones, coletes e demais acessórios necessários para a melhoria dos treinos e atividades esportivas da Associação Esportiva Damas do Futsal. O investimento visa fortalecer projetos esportivos, aprimorar a prática esportiva e garantir melhores condições de treinamento para crianças, adolescentes e demais participantes. R$ 8000,00</t>
+  </si>
+  <si>
+    <t>5433</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5433/emenda_impositiva_78_de_2025_-_individual_vereador_rodrigo_bretas.pdf</t>
+  </si>
+  <si>
+    <t>Em atendimento claro ao interesse público sobretudo no que se refere ao cuidado às pessoas com deficiências intelectuais, sejam neurodivergentes e/ou outras comorbidades, a presente emenda parlamentar individual visa contribuir com um pouco mais de qualidade no atendimento aos usuários e pacientes da APAE Guanhães. Valor: R$ 121.386,22</t>
+  </si>
+  <si>
+    <t>5434</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5434/emenda_impositiva_79_de_2025_-_individual_vereador_rodrigo_bretas.pdf</t>
+  </si>
+  <si>
+    <t>Para atender o interesse público, visando melhor aplicação das políticas públicas municipais, sobretudo no que se refere a aquisição de material esportivo para a escolinha de futebol da Associação Guanhanense dos Rodoviários - Agroder , tais como Bolas, Coletes para treino, Luvas para goleiros, chuteiras e Meiões para os alunos devidamente inscritos no projeto social Escolinha da Agroder, contribuindo para o fortalecimento do referido projeto que tem por objetivo a formação cidadã dos jovens alunos, proporcionando a eles crescimento moral pessoal e intelectual. Valor: R$ 15.000,00</t>
+  </si>
+  <si>
+    <t>5435</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5435/emenda_impositiva_80_de_2025_-_individual_vereador_rodrigo_bretas.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção das ativdades da APAE Guanhães. Valor R$ 61.386,22</t>
+  </si>
+  <si>
+    <t>5436</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5436/emenda_impositiva_81_de_2025_-_individual_vereador_rodrigo_bretas.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de instrumentos musicais, fantasias e insumos para o Grêmio Recreativo Escola de Samba Vai quem qué.</t>
+  </si>
+  <si>
+    <t>5437</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5437/emenda_impositiva_82_de_2025_-_individual_vereador_rodrigo_bretas.pdf</t>
+  </si>
+  <si>
+    <t>Para atender o interesse público, visando melhor aplicação das políticas públicas municipais, sobretudo no que se refere 3 aquisição de Uniforme, Kimono e/ou Camisas para treino de Jiu-Jitsu para crianças e adolescentes atendidos pelo Projeto Vencer de Jiu-jítsu — OSC TEAM Alexandre Xuxa, contribuindo pare o fortalecimento do referido projeto que tem por objetivo a formação dos jovens alunos, proporcionando a eles crescimento moral, pessoal e intelectual. Valor: R$ R$ 30 000,00</t>
+  </si>
+  <si>
+    <t>5438</t>
+  </si>
+  <si>
+    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5438/emenda_impositiva_57_de_2025_-_individual_vereador_lucimar_ferreira_pinto.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção das atividades do Instituto Guanaãs. Valor: R$ 15000,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4887,56 +5732,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4957/ind0125.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4958/ind0225.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4959/ind03251.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4960/ind0425.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4961/ind0525.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4962/ind0625.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4963/ind0725.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4964/ind0825.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4953/indicacao0925.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4954/ind1025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4955/ind1125.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4956/ind1225.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4975/ind1325.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4976/ind1425.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4977/ind1525.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4978/ind1625.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4979/ind1725.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4980/ind1825.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4965/ind1925.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4966/ind2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4967/ind2125.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4968/ind2225.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4969/ind2325.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4970/ind2425.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4981/ind2525.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4982/ind2625.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4983/ind2725.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4984/ind2825.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4985/ind2925.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4986/ind3025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4987/ind3125.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4988/ind3225.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4989/ind3325.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4990/ind3425.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4991/ind3525.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4992/ind3625.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4996/ind3725.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4995/ind3825.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4993/ind3925.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5006/ind40251.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5007/ind4125.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5008/ind4225.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5009/ind4325.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5010/ind4425.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4998/ind4525.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4999/ind4625.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5000/ind4725.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5001/ind4825.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5002/ind4925.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5003/ind5025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5004/ind5125.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5005/ind5225.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5011/ind5325.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5018/ind5425.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5017/ind5525.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5016/ind5625.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5020/ind5725.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5015/ind5825.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5019/ind5925.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5014/ind6025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5227/indicacao_61_de_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5012/ind6225.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5013/ind6325.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5029/ind6425.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5030/ind6525.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5031/ind6625.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5032/ind6725.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5034/ind6825.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5033/ind6925.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5035/ind7025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5040/ind7125.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5041/ind7225.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5042/ind7325.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5043/ind7425.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5044/ind7525.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5045/ind7625.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5046/ind7725.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5047/ind7825ok.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5048/ind7925.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5055/ind8025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5056/ind8125.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5057/ind8225.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5050/ind8325.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5058/ind8425.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5059/ind8525.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5060/ind8625.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5062/ind8725.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5063/ind8825.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5065/ind8925.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5066/ind9025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5067/ind9125.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5068/ind9225.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5069/ind9325.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5070/ind9425.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5081/ind9525.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5082/ind9625.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5083/ind9725.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5097/ind9825.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5098/ind9925.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5099/ind10025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5101/ind10125.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5102/ind10225.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5103/ind10325.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5104/ind10425.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5091/ind10525.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5092/ind10625.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5105/ind10725.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5106/ind10825.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5110/ind10925.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5111/ind11025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5113/ind11125.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5114/ind11225.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5115/ind11325.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5120/ind11425.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5121/ind11525.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5128/ind11625.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5129/ind11725.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5123/ind11825.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5124/ind11925.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5125/ind12025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5132/ind12125.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5133/ind12225.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5130/ind12325.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5134/ind12425.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5151/ind12525.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5152/ind12625.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5153/ind12725.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5141/ind12825.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5142/ind12925.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5143/ind13025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5144/ind13125.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5145/ind13225.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5146/ind13325.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5148/ind13425.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5149/ind13525.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5155/ind13625.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5156/ind13725.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5157/ind13825.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5180/ind13925.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5171/ind14025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5172/ind14120252.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5173/ind142025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5181/ind14325.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5185/ind1442025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5186/ind1452025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5188/ind14622025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5189/ind1472025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5190/ind1482025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5191/ind1492025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5192/ind1502025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5193/ind1512025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5202/ind1522025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5197/ind1532025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5196/ind15420205_ok.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5206/ind1552025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5198/ind1562025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5199/ind1572025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5207/ind1582025ok.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5200/ind1592025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5204/ind1602025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5218/indicacao_161_de_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5215/indicacao_162_de_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5219/indicacao_163_de_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5234/ind1642025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5230/indicacao_165_de_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5231/indicacao_166_de_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5235/ind1672025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5232/indicacao_168_de_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5236/ind1692025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5249/indicacao_170_de_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5239/indicacao_171_de_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5240/indicacao_172_de_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5241/indicacao_173_de_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5250/indicacao_174_de_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5247/indicacao_175_de_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5245/indicacao_176_de_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5246/indicacao_177_de_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5248/indicacao_178_de_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5243/indicacao_179_de_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5244/indicacao_180_de_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5242/indicacao_181_de_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5262/ind1822025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5263/ind1832025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5264/ind1842025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5269/ind1852025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5273/ind1862025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5272/ind1872025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5286/ind1882025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5276/ind1892025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5287/ind1902025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5277/ind1912025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5278/ind1922025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5279/ind1932025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5280/ind1942025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5289/ind1952025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5290/ind1962025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5291/ind1972025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5298/ind1982025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5299/ind1992025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5300/ind2002025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5314/ind2042025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5318/ind2052025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5324/ind2062025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5323/ind2072025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5319/ind2082025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5328/ind2092025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5335/ind2102025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5333/ind2112025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5343/ind2122025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5342/ind2132025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5344/ind2142025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5345/ind2152025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4971/req0125.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5021/req0225.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5051/req0325.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5226/requerimento_04_de_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5049/req0525.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5080/req0625.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5093/req0725.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5150/req0825.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5194/req092025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5195/req102025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5201/req112025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5205/req122025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5237/req132025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5267/req142025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5271/req152025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5270/req162025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5274/req172025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5275/req182025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5288/req192025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5329/req202025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5336/requerimento212025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5337/req222025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5338/req232025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5340/req242025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4952/mocao012025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4974/mocao0225.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4973/mocao325.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4994/mocao0525.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5064/mocaodeaplauso0625.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5071/mocao725.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5072/mocao825.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5073/mocao0925.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5074/mocao1025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5075/mocao1125.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5076/mocao1225.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5077/mocao1325.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5078/mocao1425.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5079/mocao1525.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5100/mocao1625.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5107/mocao1725.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5112/mocao1825.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5122/mocao1925.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5116/mocao2125.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5135/mocao2225.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5136/mocao232025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5137/mocao242025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5138/mocao252025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5139/mocao262025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5140/mocao272025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5154/mocao2825.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5147/mocao2925.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5174/mocao302025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5175/mocao312025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5182/mocao322025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5184/mocao332025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5187/mocao342025ok.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5203/mocao352025ok.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5221/mocao_36_de_2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5222/mocao_37_de_2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5223/mocao_38_de_2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5229/mocao_39_de_2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5251/mocao402025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5252/mocao412025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5253/mocao422025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5255/mocao432025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5254/mocao442025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5265/mocao452025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5266/mocao462025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5285/mocao472025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5284/mocao482025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5283/mocao492025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5282/mocao502025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5281/mocao512025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5316/mocao522025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5317/mocao532025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5321/mocao542025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5322/mocao552025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5334/mocao562025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5341/mocao572025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4947/projeto_de_lei_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4948/projeto_de_lei_numero_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4949/projeto_de_lei_numero_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4950/projeto_de_lei_numero_04_de_2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4951/projeto_de_lei_numero_05_de_2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5022/projeto_de_lei_numero_06_de_2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5023/projeto_de_lei_numero_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5024/projeto_de_lei_numero_08_de_2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5025/projeto_de_lei_09_de_2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5026/projeto_de_lei_numero_10_de_2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5038/projeto_de_lei_11_de_2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5039/projeto_de_lei_12_de_2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5052/projeto_de_lei_13_de_2024.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5053/projeto_de_lei_14_de_2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5054/projeto_de_lei_15_de_2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5061/projeto_de_lei_numero_16_de_2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5084/projeto_de_lei_17_de_2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5085/projeto_de_lei_18_de_2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5086/projeto_de_lei_19_de_2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5087/projeto_de_lei_numero_20_de_2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5088/projeto_de_lei_21_de_2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5089/projeto_de_lei_22_de_2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5090/projeto_de_lei_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5108/projeto_de_lei_altera_a_lei_2455.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5109/projeto_de_lei_altera_a_lei_1766.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5117/projeto_de_lei_26_de_2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5118/projeto_de_lei_27_de_2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5119/projeto_de_lei_28_de_2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5126/projeto_de_lei_29_de_2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5127/projeto_de_lei_codigo_sanitario.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5158/projeto_de_lei_31_de_2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5159/projeto_de_lei_32_de_2025_altera_lei_3115_de_26_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5161/projeto_de_lei_34_de_2025_altera_lei_3128_de_2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5162/projeto_de_lei_35_de_2025_altera_a_lei_3208_de_2024.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5168/projeto_de_lei_36_de_2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5178/projeto_de_lei_37_de_2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5176/projeto_de_lei_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5177/projeto_de_lei_39_de_2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5213/projeto_de_lei_46_de_2024.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5209/projeto_de_lei_41_de_2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5210/projeto_de_lei_42_de_2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5212/projeto_de_lei_43_de_2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5214/projeto_de_lei_44_de_2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5216/projeto_de__lei_dispoe_sobre_autorizacao_de_remejamento_de_dotacoes_.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5224/projeto_de_lei_46_de_2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5225/projeto_de_lei_numero_47_de_2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5220/projeto_de_lei_48_de_2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5238/projeto_de_lei_49_de_2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5256/projeto_de_lei_50_de_2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5260/projeto_de_lei_51_de_2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5257/projeto_de_lei_52_de_2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5261/projeto_de_lei_53_de_2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5258/ppa_226-229.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5259/loa_2026.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5292/projeto_de_lei_56_de_2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5293/projeto_de_lei_57_de_2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5294/projeto_de_lei_58_de_2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5302/projeto_de_lei_59_de_2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5303/projeto_de_lei_60_de_2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5304/projeto_de_lei_61_de_2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5305/projeto_de_lei_62_de_2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5306/projeto_de_lei_63_de_2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5307/projeto_de_lei_64_de_2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5308/projeto_de_lei_65_de_2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5309/projeto_de_lei_67_de_2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5310/projeto_de_lei_68_de_2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5311/projeto_de_lei_69_de_2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5312/projeto_de_lei_70_de_2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5313/projeto_de_lei_71_de_2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5295/projeto_de_lei_define_area_de_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5296/projeto_de_lei_prorroga_a_vigencia_da_lei_municipal_no_2699_de_16_de_junho_de_2025_e_da_outras_provi.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5325/projeto_de_lei_familias_atipicas.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5326/projeto_de_lei_pequeno_principe.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5327/projeto_de_lei_rodovia.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5332/projeto_de_lei_combas.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5351/projeto_de_lei_78_de_2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5346/projeto_de_lei_planta_generica_de_valores_bairro_plan_park_moradas.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5347/projeto_de_lei_autoriza_doacao_para_producao_de_unidades_de_habitacao.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5348/projeto_de_lei_planta_generica_de_valores_bairro_plan_garden_dr._natan.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5349/projeto_de_lei_componentes_municipais_do_sistema_nacional_de_seguranca_alimentar.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5350/altera_dispositiva_da_lei_2351_de_17_de_novembro_de_2009.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5354/projeto_de_lei_84_de_2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5036/projeto_de_lei_complementar_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5037/projeto_de_lei_complementar_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5163/projeto_de_lei_complementar_03_de_2025_altera_a_lei_complementar_02_de_2014.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5164/projeto_de_lei_complementar_04_de_2025_guanhaes_prev_-_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5165/projeto_de_lei_complementar_05_de_2025_altera_lei_2247_de_2007.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5208/projeto_de_lei_complementar_06_de_2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5352/projeto_de_lei_complementar_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5353/projeto_de_lei_complementar_08_de_2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4972/projeto_de_resolucao_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5027/projeto_de_resolucao_numero_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5028/projeto_de_resolucao_numero_03_de_07_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5228/projeto_de_resolucao_04_de_2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5094/projeto_de_resolucao_05_de_2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5131/projeto_de_resolucao_06_de_2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5233/projeto_de_resolucao_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5268/proposta_de_emenda_a_lei_organica_no_5_de_2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5301/proposta_de_emenda_a_lei_organica_6_de_2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5330/proposta_de_emenda_a_lei_organica_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5339/emenda_modificativa_001_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5095/emenda_01_ao_projeto_13-25_-_limpeza_e_capina_dos_lotes.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5297/emenda_substitutiva_ao_projeto_de_lei_30_de_2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5169/emenda_01_pl_35_de_2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5217/substitutivo_ao_pl_38_de_2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5211/emenda_01_ao_pl_42_de_2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5320/emenda_001_pl_51_de_2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5315/emenda_001_pl_52_de_2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5331/emenda_001_pl_57_de_2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5096/emenda_no_02_ao_projeto_13-25_-_limpeza_e_capina_dos_lotes.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5179/emenda_002_pl35.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5183/projeto_ldo_2026_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5166/emenda_001_plc_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5167/emenda_001_plc_05_de_2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5170/emenda_002_ao_plc_03_de_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4957/ind0125.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4958/ind0225.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4959/ind03251.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4960/ind0425.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4961/ind0525.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4962/ind0625.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4963/ind0725.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4964/ind0825.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4953/indicacao0925.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4954/ind1025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4955/ind1125.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4956/ind1225.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4975/ind1325.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4976/ind1425.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4977/ind1525.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4978/ind1625.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4979/ind1725.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4980/ind1825.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4965/ind1925.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4966/ind2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4967/ind2125.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4968/ind2225.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4969/ind2325.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4970/ind2425.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4981/ind2525.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4982/ind2625.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4983/ind2725.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4984/ind2825.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4985/ind2925.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4986/ind3025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4987/ind3125.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4988/ind3225.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4989/ind3325.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4990/ind3425.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4991/ind3525.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4992/ind3625.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4996/ind3725.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4995/ind3825.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4993/ind3925.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5006/ind40251.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5007/ind4125.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5008/ind4225.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5009/ind4325.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5010/ind4425.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4998/ind4525.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4999/ind4625.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5000/ind4725.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5001/ind4825.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5002/ind4925.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5003/ind5025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5004/ind5125.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5005/ind5225.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5011/ind5325.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5018/ind5425.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5017/ind5525.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5016/ind5625.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5020/ind5725.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5015/ind5825.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5019/ind5925.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5014/ind6025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5227/indicacao_61_de_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5012/ind6225.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5013/ind6325.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5029/ind6425.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5030/ind6525.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5031/ind6625.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5032/ind6725.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5034/ind6825.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5033/ind6925.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5035/ind7025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5040/ind7125.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5041/ind7225.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5042/ind7325.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5043/ind7425.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5044/ind7525.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5045/ind7625.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5046/ind7725.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5047/ind7825ok.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5048/ind7925.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5055/ind8025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5056/ind8125.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5057/ind8225.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5050/ind8325.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5058/ind8425.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5059/ind8525.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5060/ind8625.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5062/ind8725.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5063/ind8825.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5065/ind8925.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5066/ind9025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5067/ind9125.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5068/ind9225.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5069/ind9325.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5070/ind9425.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5081/ind9525.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5082/ind9625.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5083/ind9725.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5097/ind9825.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5098/ind9925.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5099/ind10025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5101/ind10125.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5102/ind10225.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5103/ind10325.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5104/ind10425.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5091/ind10525.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5092/ind10625.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5105/ind10725.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5106/ind10825.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5110/ind10925.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5111/ind11025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5113/ind11125.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5114/ind11225.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5115/ind11325.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5120/ind11425.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5121/ind11525.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5128/ind11625.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5129/ind11725.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5123/ind11825.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5124/ind11925.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5125/ind12025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5132/ind12125.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5133/ind12225.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5130/ind12325.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5134/ind12425.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5151/ind12525.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5152/ind12625.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5153/ind12725.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5141/ind12825.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5142/ind12925.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5143/ind13025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5144/ind13125.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5145/ind13225.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5146/ind13325.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5148/ind13425.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5149/ind13525.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5155/ind13625.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5156/ind13725.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5157/ind13825.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5180/ind13925.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5171/ind14025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5172/ind14120252.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5173/ind142025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5181/ind14325.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5185/ind1442025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5186/ind1452025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5188/ind14622025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5189/ind1472025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5190/ind1482025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5191/ind1492025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5192/ind1502025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5193/ind1512025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5202/ind1522025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5197/ind1532025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5196/ind15420205_ok.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5206/ind1552025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5198/ind1562025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5199/ind1572025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5207/ind1582025ok.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5200/ind1592025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5204/ind1602025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5218/indicacao_161_de_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5215/indicacao_162_de_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5219/indicacao_163_de_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5234/ind1642025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5230/indicacao_165_de_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5231/indicacao_166_de_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5235/ind1672025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5232/indicacao_168_de_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5236/ind1692025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5249/indicacao_170_de_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5239/indicacao_171_de_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5240/indicacao_172_de_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5241/indicacao_173_de_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5250/indicacao_174_de_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5247/indicacao_175_de_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5245/indicacao_176_de_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5246/indicacao_177_de_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5248/indicacao_178_de_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5243/indicacao_179_de_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5244/indicacao_180_de_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5242/indicacao_181_de_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5262/ind1822025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5263/ind1832025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5264/ind1842025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5269/ind1852025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5273/ind1862025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5272/ind1872025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5286/ind1882025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5276/ind1892025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5287/ind1902025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5277/ind1912025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5278/ind1922025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5279/ind1932025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5280/ind1942025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5289/ind1952025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5290/ind1962025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5291/ind1972025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5298/ind1982025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5299/ind1992025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5300/ind2002025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5314/ind2042025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5318/ind2052025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5324/ind2062025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5323/ind2072025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5319/ind2082025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5328/ind2092025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5335/ind2102025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5333/ind2112025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5343/ind2122025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5342/ind2132025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5344/ind2142025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5345/ind2152025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5440/ind2162025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2026/5447/indicacao_217_de_2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5448/indicacao_218_de_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4971/req0125.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5021/req0225.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5051/req0325.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5226/requerimento_04_de_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5049/req0525.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5080/req0625.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5093/req0725.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5150/req0825.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5194/req092025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5195/req102025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5201/req112025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5205/req122025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5237/req132025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5267/req142025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5271/req152025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5270/req162025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5274/req172025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5275/req182025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5288/req192025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5329/req202025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5336/requerimento212025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5337/req222025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5338/req232025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5340/req242025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4952/mocao012025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4974/mocao0225.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4973/mocao325.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4994/mocao0525.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5064/mocaodeaplauso0625.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5071/mocao725.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5072/mocao825.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5073/mocao0925.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5074/mocao1025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5075/mocao1125.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5076/mocao1225.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5077/mocao1325.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5078/mocao1425.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5079/mocao1525.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5100/mocao1625.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5107/mocao1725.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5112/mocao1825.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5122/mocao1925.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5116/mocao2125.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5135/mocao2225.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5136/mocao232025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5137/mocao242025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5138/mocao252025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5139/mocao262025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5140/mocao272025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5154/mocao2825.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5147/mocao2925.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5174/mocao302025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5175/mocao312025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5182/mocao322025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5184/mocao332025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5187/mocao342025ok.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5203/mocao352025ok.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5221/mocao_36_de_2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5222/mocao_37_de_2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5223/mocao_38_de_2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5229/mocao_39_de_2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5251/mocao402025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5252/mocao412025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5253/mocao422025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5255/mocao432025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5254/mocao442025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5265/mocao452025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5266/mocao462025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5285/mocao472025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5284/mocao482025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5283/mocao492025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5282/mocao502025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5281/mocao512025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5316/mocao522025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5317/mocao532025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5321/mocao542025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5322/mocao552025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5334/mocao562025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5341/mocao572025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5439/mocao582025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5444/mocao_59_de_2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4947/projeto_de_lei_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4948/projeto_de_lei_numero_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4949/projeto_de_lei_numero_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4950/projeto_de_lei_numero_04_de_2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4951/projeto_de_lei_numero_05_de_2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5022/projeto_de_lei_numero_06_de_2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5023/projeto_de_lei_numero_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5024/projeto_de_lei_numero_08_de_2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5025/projeto_de_lei_09_de_2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5026/projeto_de_lei_numero_10_de_2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5038/projeto_de_lei_11_de_2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5039/projeto_de_lei_12_de_2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5052/projeto_de_lei_13_de_2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5053/projeto_de_lei_14_de_2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5054/projeto_de_lei_15_de_2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5061/projeto_de_lei_numero_16_de_2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5084/projeto_de_lei_17_de_2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5085/projeto_de_lei_18_de_2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5086/projeto_de_lei_19_de_2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5087/projeto_de_lei_numero_20_de_2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5088/projeto_de_lei_21_de_2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5089/projeto_de_lei_22_de_2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5090/projeto_de_lei_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5108/projeto_de_lei_altera_a_lei_2455.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5109/projeto_de_lei_altera_a_lei_1766.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5117/projeto_de_lei_26_de_2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5118/projeto_de_lei_27_de_2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5119/projeto_de_lei_28_de_2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5126/projeto_de_lei_29_de_2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5127/projeto_de_lei_codigo_sanitario.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5158/projeto_de_lei_31_de_2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5159/projeto_de_lei_32_de_2025_altera_lei_3115_de_26_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5161/projeto_de_lei_34_de_2025_altera_lei_3128_de_2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5162/projeto_de_lei_35_de_2025_altera_a_lei_3208_de_2024.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5168/projeto_de_lei_36_de_2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5178/projeto_de_lei_37_de_2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5176/projeto_de_lei_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5177/projeto_de_lei_39_de_2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5213/projeto_de_lei_46_de_2024.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5209/projeto_de_lei_41_de_2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5210/projeto_de_lei_42_de_2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5212/projeto_de_lei_43_de_2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5214/projeto_de_lei_44_de_2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5216/projeto_de__lei_dispoe_sobre_autorizacao_de_remejamento_de_dotacoes_.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5224/projeto_de_lei_46_de_2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5225/projeto_de_lei_numero_47_de_2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5220/projeto_de_lei_48_de_2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5238/projeto_de_lei_49_de_2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5256/projeto_de_lei_50_de_2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5260/projeto_de_lei_51_de_2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5257/projeto_de_lei_52_de_2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5261/projeto_de_lei_53_de_2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5258/ppa_226-229.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5259/loa_2026.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5292/projeto_de_lei_56_de_2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5293/projeto_de_lei_57_de_2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5294/projeto_de_lei_58_de_2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5302/projeto_de_lei_59_de_2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5303/projeto_de_lei_60_de_2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5304/projeto_de_lei_61_de_2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5305/projeto_de_lei_62_de_2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5306/projeto_de_lei_63_de_2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5307/projeto_de_lei_64_de_2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5308/projeto_de_lei_65_de_2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5309/projeto_de_lei_67_de_2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5310/projeto_de_lei_68_de_2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5311/projeto_de_lei_69_de_2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5312/projeto_de_lei_70_de_2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5313/projeto_de_lei_71_de_2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5295/projeto_de_lei_define_area_de_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5296/projeto_de_lei_prorroga_a_vigencia_da_lei_municipal_no_2699_de_16_de_junho_de_2025_e_da_outras_provi.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5325/projeto_de_lei_familias_atipicas.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5326/projeto_de_lei_pequeno_principe.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5327/projeto_de_lei_rodovia.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5332/projeto_de_lei_combas.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5351/projeto_de_lei_78_de_2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5346/projeto_de_lei_planta_generica_de_valores_bairro_plan_park_moradas.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5347/projeto_de_lei_autoriza_doacao_para_producao_de_unidades_de_habitacao.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5348/projeto_de_lei_planta_generica_de_valores_bairro_plan_garden_dr._natan.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5349/projeto_de_lei_componentes_municipais_do_sistema_nacional_de_seguranca_alimentar.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5350/altera_dispositiva_da_lei_2351_de_17_de_novembro_de_2009.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5354/projeto_de_lei_84_de_2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5036/projeto_de_lei_complementar_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5037/projeto_de_lei_complementar_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5163/projeto_de_lei_complementar_03_de_2025_altera_a_lei_complementar_02_de_2014.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5164/projeto_de_lei_complementar_04_de_2025_guanhaes_prev_-_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5165/projeto_de_lei_complementar_05_de_2025_altera_lei_2247_de_2007.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5208/projeto_de_lei_complementar_06_de_2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5352/projeto_de_lei_complementar_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5353/projeto_de_lei_complementar_08_de_2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/4972/projeto_de_resolucao_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5027/projeto_de_resolucao_numero_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5028/projeto_de_resolucao_numero_03_de_07_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5228/projeto_de_resolucao_04_de_2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5094/projeto_de_resolucao_05_de_2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5131/projeto_de_resolucao_06_de_2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5233/projeto_de_resolucao_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5268/proposta_de_emenda_a_lei_organica_no_5_de_2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5301/proposta_de_emenda_a_lei_organica_6_de_2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5330/proposta_de_emenda_a_lei_organica_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5339/emenda_modificativa_001_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5095/emenda_01_ao_projeto_13-25_-_limpeza_e_capina_dos_lotes.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5297/emenda_substitutiva_ao_projeto_de_lei_30_de_2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5169/emenda_01_pl_35_de_2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5217/substitutivo_ao_pl_38_de_2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5211/emenda_01_ao_pl_42_de_2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5320/emenda_001_pl_51_de_2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5315/emenda_001_pl_52_de_2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5356/emenda_01_pl_54_de_2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5355/emenda_01_pl_55_de_2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5331/emenda_001_pl_57_de_2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5096/emenda_no_02_ao_projeto_13-25_-_limpeza_e_capina_dos_lotes.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5179/emenda_002_pl35.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5357/emenda_02_pl_54_de_2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5183/projeto_ldo_2026_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5166/emenda_001_plc_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5167/emenda_001_plc_05_de_2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5170/emenda_002_ao_plc_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5358/emenda_impositiva_02_de_2025_-_bancada_pp.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5359/emenda_impositiva_03_de_2025_-_bancada_pt.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5360/emenda_impositiva_04_de_2025_-_bancada_pt.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5361/emenda_impositiva_05_de_2025_bancada_-_pt.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5362/emenda_impositiva_06_de_2025_-_bancada_pt.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5363/emenda_impositiva_07_de_2025_-_bancada_pl.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5364/emenda_impositiva_08_de_2025_-_bancada_pdt.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5365/emenda_impositiva_09_de_2025_-_bancada_podemos.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5366/emenda_impositiva_10_de_2025_-_bancada_podemos.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5367/emenda_impositiva_11_de_2025_-_bancada_pdt.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5368/emenda_impositiva_12_de_2025_-_bancada_republicanos.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5369/emenda_impositiva_13_de_2025_-_bancada_republicanos.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5370/emenda_impositiva_14_de_2025_-_bancada_pl.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5371/emenda_impositiva_15_de_2025_-_bancada_pl.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5372/emenda_impositiva_16_de_2025_-_bancada_republicanos.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5373/emenda_impositiva_17_de_2025_-_bancada_republicanos.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5374/emenda_impositiva_18_de_2025_-_bancada_podemos.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5375/emenda_impositiva_19_de_2025_-_bancada_podemos.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5376/emenda_impositiva_20_de_2025_-_bancada_psd.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5377/emenda_impositiva_21_de_2025_individual_-_vereadora_adileila_rosa_goncalves.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5378/emenda_impositiva_22_de_2025_individual_-_vereadora_adileila_rosa_goncalves.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5379/emenda_impositiva_23_de_2025_individual_-_vereadora_adileila_rosa_goncalves.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5380/emenda_impositiva_24_de_2025_individual_-_vereadora_adileila_rosa_goncalves.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5381/emenda_impositiva_25_de_2025_individual_-_vereadora_adileila_rosa_goncalves.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5382/emenda_impositiva_26_de_2025_individual_-_vereador_adilson_ferreira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5383/emenda_impositiva_27_de_2025_individual_-_vereador_adilson_ferreira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5384/emenda_impositiva_28_de_2025_-_individual_vereador_adilson_ferreira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5385/emenda_impositiva_29_de_2025_-__individual_vereador_adilson_ferreira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5386/emenda_impositiva_30_de_2025_-_individual_vereador_adilson_ferreira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5387/emenda_impositiva_31_de_2025_-_individual_vereador_andre_luiz_da_silva.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5388/emenda_impositiva_32_de_2025_-_bancada_pt.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5389/emenda_impositiva_33_de_2025_-_individual_vereador_andre_luiz_da_silva.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5390/emenda_impositiva_34_de_2025_-_bancada_pt.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5391/emenda_impositiva_35_de_2025_-_individual_vereador_andre_luiz_da_silva.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5392/emenda_impositiva_36_de_2025_individual_vereador_beneir_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5393/emenda_impositiva_37_de_2025_individual_vereador_beneir_alvees_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5394/emenda_impositiva_38_de_2025_individual_-_vereador_beneir_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5395/emenda_impositiva_39_de_2025_-_individual_vereador_beneir_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5396/emenda_impositiva_40_de_2025_-_individual_vereador_beneir_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5397/emenda_impositiva_41_de_2025_-_invividual_vereador_celio_vicente_rocha.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5398/emenda_impositiva_42_de_2025_-_individual_vereador_celio_vicente_rocha.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5399/emenda_impositiva_43_de_2025_-_individual_vereador_celio_vicente_rocha.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5400/emenda_impositiva_44_de_2025_-_individual_celio_vicente_rocha.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5401/emenda_impositiva_45_de_2025_-_individual_vereador_celio_vicente_rocha1.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5402/emenda_impositiva_46_de_2025_-_individual_vereadora_claudiana_azevedo.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5403/emenda_impositiva_47_de_2025_-_individual_vereadora_claudiana_azevedo.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5404/emenda_impositiva_48_de_2025_-_individual_vereadora_claudiana_azevedo.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5405/emenda_impositiva_49_de_2025_-_individual_vereadora_claudiana_azevedo.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5406/emenda_impositiva_50_de_2025_-_individual_vereadora_claudiana_azevedo.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5407/emenda_impositiva_52_de_2025_-_individual_vereador_epifanio_sette_de_abril_.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5408/emenda_impositiva_53_de_2025_-_individual_vereador_epifanio_sette_de_abril_junior.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5409/emenda_impositiva_54_de_2025_-_individual_vereador_epifanio_sette_de_abril.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5410/emenda_impositiva_55_de_2025_-_individual_vereador_epifanio_sette_de_abril.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5411/emenda_impositiva_56_de_2025_-_individual_vereador_lucimar_ferreira_pinto.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5412/emenda_impositiva_57_de_2025_-_individual_vereador_epifanio_sette_de_abril_junior.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5413/emenda_impositiva_58_de_2025_individual_vereador_lucimar_ferreira_pinto.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5414/emenda_impositiva_59_de_2025_-_individual_vereador_lucimar_ferreira_pinto.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5415/emenda_impositiva_60_de_2025_-_individual_vereador_lucimar_pinto.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5416/emenda_impositiva_61_de_2025_-_individual_vereadora_maria_anidia_de_paula.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5417/emenda_impositiva_62_de_2025_-_individual_vereadora_maria_anidia_de_paula.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5418/emenda_impositiva_63_de_2025_-_individual_vereador_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5419/emenda_impositiva_64_de_2025_-_individual_vereador_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5420/emenda_impositiva_65_de_2025_-_individual_vereador_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5421/emenda_impositiva_66_de_2025_-_individual_vereador_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5422/emenda_impositiva_67_de_2025_-_individual_vereador_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5423/emenda_impositiva_68_de_2025_-_individual_vereador_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5424/emenda_impositiva_69_de_2025_-_individual_vereador_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5425/emenda_impositiva_70_de_2025_-_individual_vereador_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5426/emenda_impositiva_71_de_2025_-_individual_vereador_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5427/emenda_impositiva_72_de_2025_-_individual_vereador_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5428/emenda_impositiva_73_de_2025_-_individual_vereador_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5429/emenda_impositiva_74_de_2025_-_individual_vereador_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5430/emenda_impositiva_75_de_2025_-_individual_vereador_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5431/emenda_impositiva_76_de_2025_-_individual_vereador_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5432/emenda_impositiva_77_de_2025_-_individual_vereador_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5433/emenda_impositiva_78_de_2025_-_individual_vereador_rodrigo_bretas.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5434/emenda_impositiva_79_de_2025_-_individual_vereador_rodrigo_bretas.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5435/emenda_impositiva_80_de_2025_-_individual_vereador_rodrigo_bretas.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5436/emenda_impositiva_81_de_2025_-_individual_vereador_rodrigo_bretas.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5437/emenda_impositiva_82_de_2025_-_individual_vereador_rodrigo_bretas.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2025/5438/emenda_impositiva_57_de_2025_-_individual_vereador_lucimar_ferreira_pinto.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H408"/>
+  <dimension ref="A1:H497"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="48" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="212.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="175.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -10450,5107 +11295,7412 @@
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213" t="s">
         <v>12</v>
       </c>
       <c r="F213" t="s">
         <v>265</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>871</v>
       </c>
       <c r="H213" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>873</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>10</v>
+        <v>874</v>
       </c>
       <c r="D214" t="s">
-        <v>874</v>
+        <v>11</v>
       </c>
       <c r="E214" t="s">
+        <v>12</v>
+      </c>
+      <c r="F214" t="s">
+        <v>118</v>
+      </c>
+      <c r="G214" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="F214" t="s">
-[...2 lines deleted...]
-      <c r="G214" s="1" t="s">
+      <c r="H214" t="s">
         <v>876</v>
-      </c>
-[...1 lines deleted...]
-        <v>877</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
+        <v>877</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
         <v>878</v>
       </c>
-      <c r="B215" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D215" t="s">
-        <v>874</v>
+        <v>11</v>
       </c>
       <c r="E215" t="s">
-        <v>875</v>
+        <v>12</v>
       </c>
       <c r="F215" t="s">
+        <v>67</v>
+      </c>
+      <c r="G215" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="G215" s="1" t="s">
+      <c r="H215" t="s">
         <v>880</v>
-      </c>
-[...1 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
+        <v>881</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
         <v>882</v>
       </c>
-      <c r="B216" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D216" t="s">
-        <v>874</v>
+        <v>11</v>
       </c>
       <c r="E216" t="s">
-        <v>875</v>
+        <v>12</v>
       </c>
       <c r="F216" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>883</v>
       </c>
       <c r="H216" t="s">
         <v>884</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>885</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D217" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E217" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F217" t="s">
-        <v>195</v>
+        <v>13</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="H217" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D218" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E218" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F218" t="s">
-        <v>46</v>
+        <v>891</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="H218" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D219" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E219" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F219" t="s">
-        <v>265</v>
+        <v>76</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="H219" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D220" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E220" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F220" t="s">
-        <v>46</v>
+        <v>195</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="H220" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D221" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E221" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F221" t="s">
-        <v>195</v>
+        <v>46</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="H221" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D222" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E222" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F222" t="s">
-        <v>315</v>
+        <v>265</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="H222" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="D223" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E223" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F223" t="s">
-        <v>315</v>
+        <v>46</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="H223" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="D224" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E224" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F224" t="s">
-        <v>46</v>
+        <v>195</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="H224" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="D225" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E225" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F225" t="s">
-        <v>46</v>
+        <v>315</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="H225" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="D226" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E226" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F226" t="s">
-        <v>913</v>
+        <v>315</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="H226" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="D227" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E227" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F227" t="s">
-        <v>493</v>
+        <v>46</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="H227" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="D228" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E228" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F228" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="H228" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="D229" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E229" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F229" t="s">
-        <v>195</v>
+        <v>925</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="H229" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>80</v>
+        <v>66</v>
       </c>
       <c r="D230" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E230" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F230" t="s">
-        <v>46</v>
+        <v>493</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="H230" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="D231" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E231" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F231" t="s">
-        <v>929</v>
+        <v>13</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="H231" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="D232" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E232" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F232" t="s">
-        <v>13</v>
+        <v>195</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="H232" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="D233" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E233" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F233" t="s">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="H233" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="D234" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E234" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F234" t="s">
-        <v>118</v>
+        <v>941</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="H234" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="D235" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E235" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F235" t="s">
-        <v>493</v>
+        <v>13</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="H235" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="D236" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E236" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F236" t="s">
-        <v>493</v>
+        <v>76</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="H236" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="D237" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="E237" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
       <c r="F237" t="s">
-        <v>76</v>
+        <v>118</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="H237" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>10</v>
+        <v>101</v>
       </c>
       <c r="D238" t="s">
-        <v>951</v>
+        <v>886</v>
       </c>
       <c r="E238" t="s">
-        <v>952</v>
+        <v>887</v>
       </c>
       <c r="F238" t="s">
         <v>493</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="H238" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="D239" t="s">
-        <v>951</v>
+        <v>886</v>
       </c>
       <c r="E239" t="s">
-        <v>952</v>
+        <v>887</v>
+      </c>
+      <c r="F239" t="s">
+        <v>493</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="H239" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="D240" t="s">
-        <v>951</v>
+        <v>886</v>
       </c>
       <c r="E240" t="s">
-        <v>952</v>
+        <v>887</v>
       </c>
       <c r="F240" t="s">
-        <v>493</v>
+        <v>76</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H240" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D241" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E241" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F241" t="s">
-        <v>118</v>
+        <v>493</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="H241" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
+        <v>967</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>17</v>
+      </c>
+      <c r="D242" t="s">
+        <v>963</v>
+      </c>
+      <c r="E242" t="s">
         <v>964</v>
       </c>
-      <c r="B242" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G242" s="1" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="H242" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D243" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E243" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F243" t="s">
-        <v>76</v>
+        <v>493</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="H243" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D244" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E244" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F244" t="s">
-        <v>971</v>
+        <v>118</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="H244" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D245" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E245" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F245" t="s">
-        <v>971</v>
+        <v>89</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="H245" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D246" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E246" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F246" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="H246" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="D247" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E247" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F247" t="s">
-        <v>493</v>
+        <v>983</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="H247" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
+        <v>986</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>41</v>
+      </c>
+      <c r="D248" t="s">
+        <v>963</v>
+      </c>
+      <c r="E248" t="s">
+        <v>964</v>
+      </c>
+      <c r="F248" t="s">
         <v>983</v>
       </c>
-      <c r="B248" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G248" s="1" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="H248" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="D249" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E249" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F249" t="s">
-        <v>493</v>
+        <v>46</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="H249" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="D250" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E250" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F250" t="s">
         <v>493</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="H250" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="D251" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E251" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F251" t="s">
         <v>493</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="H251" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="D252" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E252" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F252" t="s">
         <v>493</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="H252" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="D253" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E253" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F253" t="s">
-        <v>999</v>
+        <v>493</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="H253" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>80</v>
+        <v>66</v>
       </c>
       <c r="D254" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E254" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F254" t="s">
-        <v>790</v>
+        <v>493</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="H254" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="D255" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E255" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F255" t="s">
-        <v>13</v>
+        <v>493</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="H255" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="D256" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E256" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F256" t="s">
-        <v>493</v>
+        <v>1011</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="H256" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>97</v>
+        <v>80</v>
       </c>
       <c r="D257" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E257" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F257" t="s">
-        <v>46</v>
+        <v>790</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="H257" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>101</v>
+        <v>84</v>
       </c>
       <c r="D258" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E258" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F258" t="s">
-        <v>929</v>
+        <v>13</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="H258" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>105</v>
+        <v>88</v>
       </c>
       <c r="D259" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E259" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F259" t="s">
-        <v>46</v>
+        <v>493</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="H259" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="D260" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E260" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F260" t="s">
         <v>46</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="H260" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="D261" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E261" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F261" t="s">
-        <v>46</v>
+        <v>941</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="H261" t="s">
-        <v>1022</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="D262" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E262" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F262" t="s">
         <v>46</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="H262" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="D263" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E263" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F263" t="s">
         <v>46</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="H263" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>126</v>
+        <v>113</v>
       </c>
       <c r="D264" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E264" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F264" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="H264" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="D265" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E265" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F265" t="s">
         <v>46</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="H265" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="D266" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E266" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F266" t="s">
-        <v>195</v>
+        <v>46</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="H266" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>138</v>
+        <v>126</v>
       </c>
       <c r="D267" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E267" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F267" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="H267" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="D268" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E268" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F268" t="s">
-        <v>195</v>
+        <v>46</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="H268" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="D269" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E269" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F269" t="s">
-        <v>46</v>
+        <v>195</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="H269" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="D270" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E270" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F270" t="s">
-        <v>118</v>
+        <v>46</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="H270" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="D271" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E271" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F271" t="s">
-        <v>118</v>
+        <v>195</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="H271" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>158</v>
+        <v>146</v>
       </c>
       <c r="D272" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E272" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F272" t="s">
-        <v>1056</v>
+        <v>46</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="H272" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="D273" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E273" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F273" t="s">
-        <v>67</v>
+        <v>118</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="H273" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="D274" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E274" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F274" t="s">
-        <v>67</v>
+        <v>118</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="H274" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="D275" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E275" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F275" t="s">
-        <v>67</v>
+        <v>1068</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="H275" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="D276" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E276" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F276" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="H276" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="D277" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E277" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F277" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="H277" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="D278" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E278" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F278" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="H278" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="D279" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E279" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F279" t="s">
         <v>76</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="H279" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="D280" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E280" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F280" t="s">
         <v>76</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="H280" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="D281" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E281" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F281" t="s">
         <v>76</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="H281" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="D282" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E282" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F282" t="s">
-        <v>195</v>
+        <v>76</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="H282" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="D283" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E283" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F283" t="s">
-        <v>195</v>
+        <v>76</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="H283" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>207</v>
+        <v>194</v>
       </c>
       <c r="D284" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E284" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F284" t="s">
-        <v>929</v>
+        <v>76</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="H284" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="D285" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E285" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F285" t="s">
-        <v>118</v>
+        <v>195</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="H285" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="D286" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E286" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F286" t="s">
-        <v>118</v>
+        <v>195</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="H286" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>219</v>
+        <v>207</v>
       </c>
       <c r="D287" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E287" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F287" t="s">
-        <v>118</v>
+        <v>941</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="H287" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
       <c r="D288" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E288" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F288" t="s">
-        <v>971</v>
+        <v>118</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="H288" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>227</v>
+        <v>215</v>
       </c>
       <c r="D289" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E289" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F289" t="s">
-        <v>971</v>
+        <v>118</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="H289" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>231</v>
+        <v>219</v>
       </c>
       <c r="D290" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E290" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F290" t="s">
-        <v>195</v>
+        <v>118</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="H290" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="D291" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E291" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F291" t="s">
-        <v>790</v>
+        <v>983</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="H291" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>240</v>
+        <v>227</v>
       </c>
       <c r="D292" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E292" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F292" t="s">
-        <v>195</v>
+        <v>983</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="H292" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="D293" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="E293" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
       <c r="F293" t="s">
-        <v>46</v>
+        <v>195</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="H293" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>10</v>
+        <v>236</v>
       </c>
       <c r="D294" t="s">
-        <v>1123</v>
+        <v>963</v>
       </c>
       <c r="E294" t="s">
-        <v>1124</v>
+        <v>964</v>
       </c>
       <c r="F294" t="s">
-        <v>1125</v>
+        <v>790</v>
       </c>
       <c r="G294" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="H294" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>1128</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>17</v>
+        <v>240</v>
       </c>
       <c r="D295" t="s">
-        <v>1123</v>
+        <v>963</v>
       </c>
       <c r="E295" t="s">
-        <v>1124</v>
+        <v>964</v>
       </c>
       <c r="F295" t="s">
-        <v>1125</v>
+        <v>195</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="H295" t="s">
         <v>1130</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>1131</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>21</v>
+        <v>244</v>
       </c>
       <c r="D296" t="s">
-        <v>1123</v>
+        <v>963</v>
       </c>
       <c r="E296" t="s">
-        <v>1124</v>
+        <v>964</v>
       </c>
       <c r="F296" t="s">
-        <v>1125</v>
+        <v>46</v>
       </c>
       <c r="G296" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="H296" t="s">
         <v>1133</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>1134</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>25</v>
+        <v>248</v>
       </c>
       <c r="D297" t="s">
-        <v>1123</v>
+        <v>963</v>
       </c>
       <c r="E297" t="s">
-        <v>1124</v>
+        <v>964</v>
       </c>
       <c r="F297" t="s">
-        <v>1125</v>
+        <v>76</v>
       </c>
       <c r="G297" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="H297" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>1137</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>29</v>
+        <v>252</v>
       </c>
       <c r="D298" t="s">
-        <v>1123</v>
+        <v>963</v>
       </c>
       <c r="E298" t="s">
-        <v>1124</v>
+        <v>964</v>
       </c>
       <c r="F298" t="s">
-        <v>1125</v>
+        <v>76</v>
       </c>
       <c r="G298" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="H298" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>1140</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D299" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E299" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F299" t="s">
-        <v>493</v>
+        <v>1143</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="H299" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>17</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F300" t="s">
         <v>1143</v>
       </c>
-      <c r="B300" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G300" s="1" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="H300" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D301" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E301" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F301" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="H301" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D302" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E302" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F302" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="H302" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="D303" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E303" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F303" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="H303" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="D304" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E304" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F304" t="s">
-        <v>195</v>
+        <v>493</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="H304" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="D305" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E305" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F305" t="s">
-        <v>67</v>
+        <v>118</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="H305" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="D306" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E306" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F306" t="s">
-        <v>971</v>
+        <v>1143</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="H306" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="D307" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E307" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F307" t="s">
-        <v>971</v>
+        <v>1143</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="H307" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="D308" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E308" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F308" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="H308" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="D309" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E309" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F309" t="s">
-        <v>999</v>
+        <v>195</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="H309" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="D310" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E310" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F310" t="s">
-        <v>195</v>
+        <v>67</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="H310" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>84</v>
+        <v>62</v>
       </c>
       <c r="D311" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E311" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F311" t="s">
-        <v>999</v>
+        <v>983</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="H311" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="D312" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E312" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F312" t="s">
-        <v>493</v>
+        <v>983</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="H312" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="D313" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E313" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F313" t="s">
-        <v>790</v>
+        <v>1143</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="H313" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="D314" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E314" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F314" t="s">
-        <v>790</v>
+        <v>1011</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="H314" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="D315" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E315" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F315" t="s">
-        <v>790</v>
+        <v>195</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="H315" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="D316" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E316" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F316" t="s">
-        <v>1125</v>
+        <v>1011</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="H316" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>109</v>
+        <v>88</v>
       </c>
       <c r="D317" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E317" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F317" t="s">
-        <v>1125</v>
+        <v>493</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="H317" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>113</v>
+        <v>93</v>
       </c>
       <c r="D318" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E318" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F318" t="s">
-        <v>1125</v>
+        <v>790</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="H318" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>117</v>
+        <v>97</v>
       </c>
       <c r="D319" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E319" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F319" t="s">
-        <v>13</v>
+        <v>790</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="H319" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>122</v>
+        <v>101</v>
       </c>
       <c r="D320" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E320" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F320" t="s">
-        <v>13</v>
+        <v>790</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="H320" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>126</v>
+        <v>105</v>
       </c>
       <c r="D321" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E321" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F321" t="s">
-        <v>13</v>
+        <v>1143</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="H321" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>130</v>
+        <v>109</v>
       </c>
       <c r="D322" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E322" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F322" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="H322" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>134</v>
+        <v>113</v>
       </c>
       <c r="D323" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E323" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F323" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="H323" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>138</v>
+        <v>117</v>
       </c>
       <c r="D324" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E324" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F324" t="s">
-        <v>294</v>
+        <v>13</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="H324" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="D325" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E325" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F325" t="s">
-        <v>1125</v>
+        <v>13</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="H325" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>150</v>
+        <v>126</v>
       </c>
       <c r="D326" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E326" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F326" t="s">
-        <v>1125</v>
+        <v>13</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="H326" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>154</v>
+        <v>130</v>
       </c>
       <c r="D327" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E327" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F327" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="H327" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>158</v>
+        <v>134</v>
       </c>
       <c r="D328" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E328" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F328" t="s">
-        <v>790</v>
+        <v>1143</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="H328" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>162</v>
+        <v>138</v>
       </c>
       <c r="D329" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E329" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F329" t="s">
-        <v>1231</v>
+        <v>294</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="H329" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>166</v>
+        <v>142</v>
       </c>
       <c r="D330" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E330" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F330" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="H330" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="D331" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E331" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F331" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="H331" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>174</v>
+        <v>154</v>
       </c>
       <c r="D332" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E332" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F332" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="H332" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>178</v>
+        <v>158</v>
       </c>
       <c r="D333" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E333" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F333" t="s">
-        <v>1125</v>
+        <v>790</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="H333" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>182</v>
+        <v>162</v>
       </c>
       <c r="D334" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E334" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F334" t="s">
-        <v>1125</v>
+        <v>1249</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="H334" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>186</v>
+        <v>166</v>
       </c>
       <c r="D335" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E335" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F335" t="s">
-        <v>118</v>
+        <v>1143</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="H335" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>190</v>
+        <v>170</v>
       </c>
       <c r="D336" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E336" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F336" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="H336" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>194</v>
+        <v>174</v>
       </c>
       <c r="D337" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E337" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F337" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="H337" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>199</v>
+        <v>178</v>
       </c>
       <c r="D338" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E338" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F338" t="s">
-        <v>76</v>
+        <v>1143</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="H338" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>203</v>
+        <v>182</v>
       </c>
       <c r="D339" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E339" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F339" t="s">
-        <v>195</v>
+        <v>1143</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="H339" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>207</v>
+        <v>186</v>
       </c>
       <c r="D340" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E340" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F340" t="s">
-        <v>971</v>
+        <v>118</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="H340" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>211</v>
+        <v>190</v>
       </c>
       <c r="D341" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E341" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F341" t="s">
-        <v>118</v>
+        <v>1143</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="H341" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>215</v>
+        <v>194</v>
       </c>
       <c r="D342" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E342" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F342" t="s">
-        <v>790</v>
+        <v>1143</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="H342" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>219</v>
+        <v>199</v>
       </c>
       <c r="D343" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E343" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F343" t="s">
-        <v>195</v>
+        <v>76</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="H343" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>223</v>
+        <v>203</v>
       </c>
       <c r="D344" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E344" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F344" t="s">
-        <v>1125</v>
+        <v>195</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="H344" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>227</v>
+        <v>207</v>
       </c>
       <c r="D345" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E345" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F345" t="s">
-        <v>195</v>
+        <v>983</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="H345" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>231</v>
+        <v>211</v>
       </c>
       <c r="D346" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E346" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F346" t="s">
-        <v>1125</v>
+        <v>118</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="H346" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>236</v>
+        <v>215</v>
       </c>
       <c r="D347" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E347" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F347" t="s">
-        <v>1125</v>
+        <v>790</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="H347" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>240</v>
+        <v>219</v>
       </c>
       <c r="D348" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E348" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F348" t="s">
-        <v>1125</v>
+        <v>195</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="H348" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="D349" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E349" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F349" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="H349" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>248</v>
+        <v>227</v>
       </c>
       <c r="D350" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E350" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F350" t="s">
-        <v>67</v>
+        <v>195</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="H350" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>252</v>
+        <v>231</v>
       </c>
       <c r="D351" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E351" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F351" t="s">
-        <v>195</v>
+        <v>1143</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="H351" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>256</v>
+        <v>236</v>
       </c>
       <c r="D352" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E352" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F352" t="s">
-        <v>89</v>
+        <v>1143</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="H352" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>260</v>
+        <v>240</v>
       </c>
       <c r="D353" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E353" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F353" t="s">
-        <v>46</v>
+        <v>1143</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="H353" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>264</v>
+        <v>244</v>
       </c>
       <c r="D354" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E354" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F354" t="s">
-        <v>265</v>
+        <v>1143</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="H354" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>269</v>
+        <v>248</v>
       </c>
       <c r="D355" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E355" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F355" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="H355" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
       <c r="D356" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E356" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F356" t="s">
-        <v>118</v>
+        <v>195</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="H356" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>277</v>
+        <v>256</v>
       </c>
       <c r="D357" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E357" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F357" t="s">
-        <v>971</v>
+        <v>89</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="H357" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>285</v>
+        <v>260</v>
       </c>
       <c r="D358" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E358" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F358" t="s">
-        <v>315</v>
+        <v>46</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="H358" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="D359" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E359" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F359" t="s">
-        <v>493</v>
+        <v>265</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
       <c r="H359" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>293</v>
+        <v>269</v>
       </c>
       <c r="D360" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E360" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F360" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="H360" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>298</v>
+        <v>273</v>
       </c>
       <c r="D361" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E361" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F361" t="s">
-        <v>76</v>
+        <v>118</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="H361" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>302</v>
+        <v>277</v>
       </c>
       <c r="D362" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E362" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F362" t="s">
-        <v>790</v>
+        <v>983</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="H362" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>306</v>
+        <v>285</v>
       </c>
       <c r="D363" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E363" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F363" t="s">
-        <v>1125</v>
+        <v>315</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="H363" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>310</v>
+        <v>289</v>
       </c>
       <c r="D364" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E364" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F364" t="s">
-        <v>1125</v>
+        <v>493</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
       <c r="H364" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>314</v>
+        <v>293</v>
       </c>
       <c r="D365" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E365" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F365" t="s">
-        <v>971</v>
+        <v>67</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
       <c r="H365" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>319</v>
+        <v>298</v>
       </c>
       <c r="D366" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E366" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F366" t="s">
-        <v>971</v>
+        <v>76</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="H366" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1345</v>
+        <v>1348</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>323</v>
+        <v>302</v>
       </c>
       <c r="D367" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E367" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F367" t="s">
-        <v>971</v>
+        <v>790</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
       <c r="H367" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>327</v>
+        <v>306</v>
       </c>
       <c r="D368" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E368" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F368" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="H368" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>331</v>
+        <v>310</v>
       </c>
       <c r="D369" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E369" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F369" t="s">
-        <v>790</v>
+        <v>1143</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="H369" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>335</v>
+        <v>314</v>
       </c>
       <c r="D370" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E370" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F370" t="s">
-        <v>1125</v>
+        <v>983</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
       <c r="H370" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>340</v>
+        <v>319</v>
       </c>
       <c r="D371" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E371" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F371" t="s">
-        <v>1125</v>
+        <v>983</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="H371" t="s">
-        <v>1359</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>344</v>
+        <v>323</v>
       </c>
       <c r="D372" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E372" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F372" t="s">
-        <v>1125</v>
+        <v>983</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="H372" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>348</v>
+        <v>327</v>
       </c>
       <c r="D373" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E373" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F373" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="H373" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>352</v>
+        <v>331</v>
       </c>
       <c r="D374" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E374" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F374" t="s">
-        <v>1125</v>
+        <v>790</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
       <c r="H374" t="s">
-        <v>1368</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1369</v>
+        <v>1372</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>356</v>
+        <v>335</v>
       </c>
       <c r="D375" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="E375" t="s">
-        <v>1124</v>
+        <v>1142</v>
       </c>
       <c r="F375" t="s">
-        <v>790</v>
+        <v>1143</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1370</v>
+        <v>1373</v>
       </c>
       <c r="H375" t="s">
-        <v>1371</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>10</v>
+        <v>340</v>
       </c>
       <c r="D376" t="s">
-        <v>1373</v>
+        <v>1141</v>
       </c>
       <c r="E376" t="s">
-        <v>1374</v>
+        <v>1142</v>
       </c>
       <c r="F376" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="H376" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>17</v>
+        <v>344</v>
       </c>
       <c r="D377" t="s">
-        <v>1373</v>
+        <v>1141</v>
       </c>
       <c r="E377" t="s">
-        <v>1374</v>
+        <v>1142</v>
       </c>
       <c r="F377" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="H377" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>21</v>
+        <v>348</v>
       </c>
       <c r="D378" t="s">
-        <v>1373</v>
+        <v>1141</v>
       </c>
       <c r="E378" t="s">
-        <v>1374</v>
+        <v>1142</v>
       </c>
       <c r="F378" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="H378" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>25</v>
+        <v>352</v>
       </c>
       <c r="D379" t="s">
-        <v>1373</v>
+        <v>1141</v>
       </c>
       <c r="E379" t="s">
-        <v>1374</v>
+        <v>1142</v>
       </c>
       <c r="F379" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="H379" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>29</v>
+        <v>356</v>
       </c>
       <c r="D380" t="s">
-        <v>1373</v>
+        <v>1141</v>
       </c>
       <c r="E380" t="s">
-        <v>1374</v>
+        <v>1142</v>
       </c>
       <c r="F380" t="s">
-        <v>1125</v>
+        <v>790</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="H380" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D381" t="s">
-        <v>1373</v>
+        <v>1391</v>
       </c>
       <c r="E381" t="s">
-        <v>1374</v>
+        <v>1392</v>
       </c>
       <c r="F381" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="H381" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>17</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E382" t="s">
         <v>1392</v>
       </c>
-      <c r="B382" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F382" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
       <c r="H382" t="s">
-        <v>1394</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1395</v>
+        <v>1398</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D383" t="s">
-        <v>1373</v>
+        <v>1391</v>
       </c>
       <c r="E383" t="s">
-        <v>1374</v>
+        <v>1392</v>
       </c>
       <c r="F383" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1396</v>
+        <v>1399</v>
       </c>
       <c r="H383" t="s">
-        <v>1397</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1398</v>
+        <v>1401</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D384" t="s">
-        <v>1399</v>
+        <v>1391</v>
       </c>
       <c r="E384" t="s">
-        <v>1400</v>
+        <v>1392</v>
       </c>
       <c r="F384" t="s">
-        <v>999</v>
+        <v>1143</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="H384" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D385" t="s">
-        <v>1399</v>
+        <v>1391</v>
       </c>
       <c r="E385" t="s">
-        <v>1400</v>
+        <v>1392</v>
       </c>
       <c r="F385" t="s">
-        <v>999</v>
+        <v>1143</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="H385" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="D386" t="s">
-        <v>1399</v>
+        <v>1391</v>
       </c>
       <c r="E386" t="s">
-        <v>1400</v>
+        <v>1392</v>
       </c>
       <c r="F386" t="s">
-        <v>999</v>
+        <v>1143</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="H386" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D387" t="s">
-        <v>1399</v>
+        <v>1391</v>
       </c>
       <c r="E387" t="s">
-        <v>1400</v>
+        <v>1392</v>
       </c>
       <c r="F387" t="s">
-        <v>999</v>
+        <v>1143</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="H387" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="D388" t="s">
-        <v>1399</v>
+        <v>1391</v>
       </c>
       <c r="E388" t="s">
-        <v>1400</v>
+        <v>1392</v>
       </c>
       <c r="F388" t="s">
-        <v>999</v>
+        <v>1143</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="H388" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D389" t="s">
-        <v>1399</v>
+        <v>1417</v>
       </c>
       <c r="E389" t="s">
-        <v>1400</v>
+        <v>1418</v>
       </c>
       <c r="F389" t="s">
-        <v>999</v>
+        <v>1011</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
       <c r="H389" t="s">
-        <v>1417</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>17</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E390" t="s">
         <v>1418</v>
       </c>
-      <c r="B390" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F390" t="s">
-        <v>999</v>
+        <v>1011</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1419</v>
+        <v>1422</v>
       </c>
       <c r="H390" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D391" t="s">
-        <v>1422</v>
+        <v>1417</v>
       </c>
       <c r="E391" t="s">
-        <v>1423</v>
+        <v>1418</v>
       </c>
       <c r="F391" t="s">
-        <v>493</v>
+        <v>1011</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="H391" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D392" t="s">
-        <v>1422</v>
+        <v>1417</v>
       </c>
       <c r="E392" t="s">
-        <v>1423</v>
+        <v>1418</v>
       </c>
       <c r="F392" t="s">
-        <v>1427</v>
+        <v>1011</v>
       </c>
       <c r="G392" s="1" t="s">
         <v>1428</v>
       </c>
       <c r="H392" t="s">
         <v>1429</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>1430</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D393" t="s">
-        <v>1422</v>
+        <v>1417</v>
       </c>
       <c r="E393" t="s">
-        <v>1423</v>
+        <v>1418</v>
       </c>
       <c r="F393" t="s">
-        <v>1125</v>
+        <v>1011</v>
       </c>
       <c r="G393" s="1" t="s">
         <v>1431</v>
       </c>
       <c r="H393" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>1433</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D394" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E394" t="s">
+        <v>1418</v>
+      </c>
+      <c r="F394" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G394" s="1" t="s">
         <v>1434</v>
       </c>
-      <c r="E394" t="s">
+      <c r="H394" t="s">
         <v>1435</v>
-      </c>
-[...7 lines deleted...]
-        <v>1438</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1439</v>
+        <v>1436</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>62</v>
+        <v>37</v>
       </c>
       <c r="D395" t="s">
-        <v>1434</v>
+        <v>1417</v>
       </c>
       <c r="E395" t="s">
-        <v>1435</v>
+        <v>1418</v>
       </c>
       <c r="F395" t="s">
-        <v>1436</v>
+        <v>1011</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1440</v>
+        <v>1437</v>
       </c>
       <c r="H395" t="s">
-        <v>1441</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>29</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1440</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F396" t="s">
+        <v>493</v>
+      </c>
+      <c r="G396" s="1" t="s">
         <v>1442</v>
       </c>
-      <c r="B396" t="s">
-[...14 lines deleted...]
-      <c r="G396" s="1" t="s">
+      <c r="H396" t="s">
         <v>1443</v>
-      </c>
-[...1 lines deleted...]
-        <v>1444</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>33</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1440</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F397" t="s">
         <v>1445</v>
-      </c>
-[...13 lines deleted...]
-        <v>790</v>
       </c>
       <c r="G397" s="1" t="s">
         <v>1446</v>
       </c>
       <c r="H397" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>1448</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>166</v>
+        <v>37</v>
       </c>
       <c r="D398" t="s">
-        <v>1434</v>
+        <v>1440</v>
       </c>
       <c r="E398" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="F398" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G398" s="1" t="s">
         <v>1449</v>
       </c>
       <c r="H398" t="s">
         <v>1450</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>1451</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>182</v>
+        <v>37</v>
       </c>
       <c r="D399" t="s">
-        <v>1434</v>
+        <v>1452</v>
       </c>
       <c r="E399" t="s">
-        <v>1435</v>
+        <v>1453</v>
       </c>
       <c r="F399" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="H399" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>219</v>
+        <v>62</v>
       </c>
       <c r="D400" t="s">
-        <v>1434</v>
+        <v>1452</v>
       </c>
       <c r="E400" t="s">
-        <v>1435</v>
+        <v>1453</v>
       </c>
       <c r="F400" t="s">
-        <v>1436</v>
+        <v>1454</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="H400" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>223</v>
+        <v>134</v>
       </c>
       <c r="D401" t="s">
-        <v>1434</v>
+        <v>1452</v>
       </c>
       <c r="E401" t="s">
-        <v>1435</v>
+        <v>1453</v>
       </c>
       <c r="F401" t="s">
-        <v>1125</v>
+        <v>1143</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="H401" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>244</v>
+        <v>154</v>
       </c>
       <c r="D402" t="s">
-        <v>1434</v>
+        <v>1452</v>
       </c>
       <c r="E402" t="s">
-        <v>1435</v>
+        <v>1453</v>
       </c>
       <c r="F402" t="s">
-        <v>1125</v>
+        <v>790</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="H402" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>62</v>
+        <v>166</v>
       </c>
       <c r="D403" t="s">
-        <v>1465</v>
+        <v>1452</v>
       </c>
       <c r="E403" t="s">
-        <v>1466</v>
+        <v>1453</v>
       </c>
       <c r="F403" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G403" s="1" t="s">
         <v>1467</v>
       </c>
-      <c r="G403" s="1" t="s">
+      <c r="H403" t="s">
         <v>1468</v>
-      </c>
-[...1 lines deleted...]
-        <v>1469</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>182</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1452</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F404" t="s">
         <v>1470</v>
-      </c>
-[...13 lines deleted...]
-        <v>971</v>
       </c>
       <c r="G404" s="1" t="s">
         <v>1471</v>
       </c>
       <c r="H404" t="s">
         <v>1472</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>1473</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>105</v>
+        <v>219</v>
       </c>
       <c r="D405" t="s">
+        <v>1452</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F405" t="s">
+        <v>1454</v>
+      </c>
+      <c r="G405" s="1" t="s">
         <v>1474</v>
       </c>
-      <c r="E405" t="s">
+      <c r="H405" t="s">
         <v>1475</v>
-      </c>
-[...7 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>223</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1452</v>
+      </c>
+      <c r="E406" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F406" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G406" s="1" t="s">
         <v>1477</v>
       </c>
-      <c r="B406" t="s">
-[...5 lines deleted...]
-      <c r="D406" t="s">
+      <c r="H406" t="s">
         <v>1478</v>
-      </c>
-[...10 lines deleted...]
-        <v>1481</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1482</v>
+        <v>1479</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>29</v>
+        <v>231</v>
       </c>
       <c r="D407" t="s">
-        <v>1478</v>
+        <v>1452</v>
       </c>
       <c r="E407" t="s">
-        <v>1479</v>
+        <v>1453</v>
       </c>
       <c r="F407" t="s">
-        <v>1125</v>
+        <v>76</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1483</v>
+        <v>1480</v>
       </c>
       <c r="H407" t="s">
-        <v>1484</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>236</v>
+      </c>
+      <c r="D408" t="s">
+        <v>1452</v>
+      </c>
+      <c r="E408" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F408" t="s">
+        <v>46</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
         <v>1485</v>
       </c>
-      <c r="B408" t="s">
-[...2 lines deleted...]
-      <c r="C408" t="s">
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>244</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1452</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F409" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>62</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1489</v>
+      </c>
+      <c r="E410" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F410" t="s">
+        <v>1491</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
+        <v>154</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1489</v>
+      </c>
+      <c r="E411" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F411" t="s">
+        <v>983</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>231</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1489</v>
+      </c>
+      <c r="E412" t="s">
+        <v>1490</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>105</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E413" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F413" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
         <v>21</v>
       </c>
-      <c r="D408" t="s">
-[...12 lines deleted...]
-        <v>1488</v>
+      <c r="D414" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E414" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F414" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>29</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E415" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F415" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>21</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1489</v>
+      </c>
+      <c r="E416" t="s">
+        <v>1513</v>
+      </c>
+      <c r="F416" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>17</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E417" t="s">
+        <v>1518</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>21</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E418" t="s">
+        <v>1518</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>25</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E419" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F419" t="s">
+        <v>1525</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>29</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E420" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F420" t="s">
+        <v>1525</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>33</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F421" t="s">
+        <v>1525</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>37</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F422" t="s">
+        <v>1535</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>41</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F423" t="s">
+        <v>1539</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>45</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F424" t="s">
+        <v>1543</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>50</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E425" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F425" t="s">
+        <v>1543</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>54</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F426" t="s">
+        <v>1539</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>58</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F427" t="s">
+        <v>1553</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>62</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F428" t="s">
+        <v>1553</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>66</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F429" t="s">
+        <v>1535</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>71</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E430" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F430" t="s">
+        <v>1535</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>75</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F431" t="s">
+        <v>1553</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>80</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F432" t="s">
+        <v>1553</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>84</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F433" t="s">
+        <v>1572</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>88</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F434" t="s">
+        <v>1572</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>93</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F435" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>97</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F436" t="s">
+        <v>195</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>101</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F437" t="s">
+        <v>195</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>105</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F438" t="s">
+        <v>195</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>109</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F439" t="s">
+        <v>195</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>113</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F440" t="s">
+        <v>195</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>117</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F441" t="s">
+        <v>89</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>122</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F442" t="s">
+        <v>89</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>126</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F443" t="s">
+        <v>89</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1605</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>130</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F444" t="s">
+        <v>89</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>134</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F445" t="s">
+        <v>89</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>138</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F446" t="s">
+        <v>46</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>142</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F447" t="s">
+        <v>46</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>146</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F448" t="s">
+        <v>46</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>150</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F449" t="s">
+        <v>46</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>154</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F450" t="s">
+        <v>46</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>158</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F451" t="s">
+        <v>265</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>162</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F452" t="s">
+        <v>265</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>166</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F453" t="s">
+        <v>265</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>170</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F454" t="s">
+        <v>265</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>174</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F455" t="s">
+        <v>265</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>178</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F456" t="s">
+        <v>13</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>182</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F457" t="s">
+        <v>13</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>186</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F458" t="s">
+        <v>13</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>190</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F459" t="s">
+        <v>13</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>194</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F460" t="s">
+        <v>13</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>199</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F461" t="s">
+        <v>118</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>203</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F462" t="s">
+        <v>118</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>207</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F463" t="s">
+        <v>118</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>211</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F464" t="s">
+        <v>118</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>215</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F465" t="s">
+        <v>118</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>223</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F466" t="s">
+        <v>983</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>227</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F467" t="s">
+        <v>983</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>231</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F468" t="s">
+        <v>983</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>236</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F469" t="s">
+        <v>983</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>240</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F470" t="s">
+        <v>294</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>244</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F471" t="s">
+        <v>983</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>248</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F472" t="s">
+        <v>294</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>252</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F473" t="s">
+        <v>294</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>256</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F474" t="s">
+        <v>294</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>260</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F475" t="s">
+        <v>315</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>264</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F476" t="s">
+        <v>315</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>269</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F477" t="s">
+        <v>315</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>273</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F478" t="s">
+        <v>493</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>277</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F479" t="s">
+        <v>493</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>281</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F480" t="s">
+        <v>493</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>285</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F481" t="s">
+        <v>493</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>289</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F482" t="s">
+        <v>67</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>293</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F483" t="s">
+        <v>67</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>298</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F484" t="s">
+        <v>67</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>302</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F485" t="s">
+        <v>67</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>306</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F486" t="s">
+        <v>67</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1732</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>310</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F487" t="s">
+        <v>76</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>314</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F488" t="s">
+        <v>76</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>319</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F489" t="s">
+        <v>76</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>323</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F490" t="s">
+        <v>76</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>327</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F491" t="s">
+        <v>76</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1748</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>331</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F492" t="s">
+        <v>790</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>335</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F493" t="s">
+        <v>790</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>340</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F494" t="s">
+        <v>790</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>344</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F495" t="s">
+        <v>790</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>348</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F496" t="s">
+        <v>790</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>352</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F497" t="s">
+        <v>493</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1766</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -15918,50 +19068,139 @@
     <hyperlink ref="G384" r:id="rId383"/>
     <hyperlink ref="G385" r:id="rId384"/>
     <hyperlink ref="G386" r:id="rId385"/>
     <hyperlink ref="G387" r:id="rId386"/>
     <hyperlink ref="G388" r:id="rId387"/>
     <hyperlink ref="G389" r:id="rId388"/>
     <hyperlink ref="G390" r:id="rId389"/>
     <hyperlink ref="G391" r:id="rId390"/>
     <hyperlink ref="G392" r:id="rId391"/>
     <hyperlink ref="G393" r:id="rId392"/>
     <hyperlink ref="G394" r:id="rId393"/>
     <hyperlink ref="G395" r:id="rId394"/>
     <hyperlink ref="G396" r:id="rId395"/>
     <hyperlink ref="G397" r:id="rId396"/>
     <hyperlink ref="G398" r:id="rId397"/>
     <hyperlink ref="G399" r:id="rId398"/>
     <hyperlink ref="G400" r:id="rId399"/>
     <hyperlink ref="G401" r:id="rId400"/>
     <hyperlink ref="G402" r:id="rId401"/>
     <hyperlink ref="G403" r:id="rId402"/>
     <hyperlink ref="G404" r:id="rId403"/>
     <hyperlink ref="G405" r:id="rId404"/>
     <hyperlink ref="G406" r:id="rId405"/>
     <hyperlink ref="G407" r:id="rId406"/>
     <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>