--- v0 (2025-12-24)
+++ v1 (2026-03-24)
@@ -54,3613 +54,3613 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Ind</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Bruno Pires de Souza (Bruninho Sapucaia)</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/780/indicacao_01-2017_bruno_pires_de_souza.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/780/indicacao_01-2017_bruno_pires_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada uma operação tapa buracos nas ruas do Distrito de Sapucaia.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/781/indicacao_02-2017_bruno_pires_de_souza.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/781/indicacao_02-2017_bruno_pires_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a manutenção das estradas vicinais do Distrito de Sapucaia.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Daniel Barroso</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/782/indicacao_03-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/782/indicacao_03-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a adequação do vencimento dos professores da rede municipal de ensino ao novo piso nacional do magistério.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/783/indicacao_04-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/783/indicacao_04-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a pavimentação asfáltica do trecho sem calçamento no inicio da Rua José Ribeiro dos Santos, bairro Santa Tereza.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/784/indicacao_05-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/784/indicacao_05-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a extensão da rede de iluminação pública na Rua Guianas, próximo ao número 142, bairro Nações.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Dorinha da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/785/indicacao_06-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/785/indicacao_06-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado o acesso para os moradores da Fazenda Quartel, na comunidade da Prata.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Laércio Alves de Lima</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/786/indicacao_07-2017_laercio_alves_de_lima.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/786/indicacao_07-2017_laercio_alves_de_lima.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que sejam instalados equipamentos de academia ao ar livre, Projeto Saúde na Praça na comunidade de Farias.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/787/indicacao_08-2017_laercio_alves_de_lima.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/787/indicacao_08-2017_laercio_alves_de_lima.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a reforma do prédio onde atualmente se encontram o PSF do distrito de Farias.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Osmar Gomes Fidelis</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/788/indicacao_09-2017_osmar_gomes_fidelis.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/788/indicacao_09-2017_osmar_gomes_fidelis.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a extensão na rede elétrica na Rua dos Ipês, próximo ao número 44, bairro Horto.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Nivaldo dos Santos, Laércio Alves de Lima</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/789/indicacao_10-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/789/indicacao_10-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a reforma do PSF do distrito de Taquaral.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Nelci Pereira Chaves</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/792/indicacao_13-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/792/indicacao_13-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito um mata-burro na Fazenda Sebastião Quincas, localizada no Córrego dos Justus, Barreira de Cima.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/793/indicacao_14-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/793/indicacao_14-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o patrolamento da estrada vicinal que liga a Br. 120 ao distrito de Correntinho, bem como realização de operação tapa buracos naquele distrito.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Mauro Caneco</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/795/indicacao_16-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/795/indicacao_16-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a fiscalização das placas de estacionamento privativo afixadas pelas ruas de Guanhães.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/796/indicacao_17-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/796/indicacao_17-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja construída uma passagem sinalizada para pedestres na Rua Francisco Nunes, em frente a Igreja Matriz de São Miguel e Almas.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Geraldo Ferreira ( Geraldo Anésio)</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/797/indicacao_18-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/797/indicacao_18-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a instalação de placas indicativas com o nome das ruas e bairros da cidade, além de placas com informações sobre o acesso à cidades vizinhas.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/798/indicacao_19-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/798/indicacao_19-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a limpeza da Avenida Governador Milton Campos até na saída para Belo Horizonte.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/799/indicacao_20-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/799/indicacao_20-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja construído portal de boas vindas e boa viagem nos principais acessos a cidade de Guanhães.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Carlos Aparecido da Silva ( Carlinhos Camelô)</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/800/indicacao_21-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/800/indicacao_21-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja viabilizado junto a secretaria de obras, de forma emergencial, o término das obras de calçamento iniciadas no bairro Santa Tereza.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/801/indicacao_22-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/801/indicacao_22-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado junto a Secretaria de Obras/Departamento de limpeza, a drenagem e limpeza das poças de água resultantes da pavimentação irregular ao longo da Rua Getúlio de Carvalho, Gabriel Lott e Bruno Glória, principalmente nos pontos localizados no acesso ao bairro Horto, proximidades do lava jato localizado na Rua Gabriel Lott e próximo ao bar Altas Horas na Rua Bruno Glória.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/802/indicacao_23-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/802/indicacao_23-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado junto a Secretaria de Meio Ambiente/Vigilância Sanitária, uma campanha sobre os perigos de animais soltos em vias públicas e notificação dos proprietários desses animais com informações sobre as possíveis punições como multas e até mesmo o recolhimento de forma a prevenir os acidentes.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/804/indicacao_25-2017_osmar_gomes_fidelis.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/804/indicacao_25-2017_osmar_gomes_fidelis.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que sejam disponibilizados banheiros e bebedouros para as pessoas que praticam exercícios físicos na Alberto Caldeira.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/805/indicacao_26-2017_osmar_gomes_fidelis.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/805/indicacao_26-2017_osmar_gomes_fidelis.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que sejam feita uma operação tapa buracos nas ruas do Bairro Nova União bem como, instalação de quebra molas e bueiros nos locais que se fizerem necessário.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/806/indicacao_27-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/806/indicacao_27-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado a troca gradativa de todos os mata-burros de madeira existentes neste Município por mataburros de metal.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/807/indicacao_28-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/807/indicacao_28-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado a instalação de câmeras de segurança com monitoramento eletrônico, nos pontos de maior movimentação de pessoal em Guanhães, como rodoviária, centro comercial e outros.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/808/indicacao_29-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/808/indicacao_29-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a instalação de aparelhos de academia ao ar livre nos bairros da Agroder, Novo Cruzeiro e João Miranda.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/809/indicacao_30-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/809/indicacao_30-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o patrolamento e encascalhamento do Morro do Córrego da Ponte Alta.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Nelci Pereira Chaves, Osmar Gomes Fidelis</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/810/indicacao_31-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/810/indicacao_31-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o patrola mento e encascalhamento da estrada do Córrego Gaiolas, Distrito de Correntinho.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/811/indicacao_32-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/811/indicacao_32-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja instalado braço de iluminação pública nos postes de rede elétrica localizados na Rua Esmeraldas, próximo ao número 53 no bairro Novo Cruzeiro.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/812/indicacao_33-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/812/indicacao_33-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a extensão da rede elétrica aos moradores da Rua 12 de outubro no bairro Santa Tereza, proximidades do número residencial 353.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/813/indicacao_34-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/813/indicacao_34-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado o recapeamento asfáltico da Avenida Antônio Rosa Lima.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/814/indicacao_35-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/814/indicacao_35-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja construída uma passagem sinalizada para pedestres na Rua Gabriel Lott em frente a Escola Municipal Pio Nunes, bem como na Rua Pio Ferreira cruzamento com a rua Belo Horizonte.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Nivaldo dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/815/indicacao_36-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/815/indicacao_36-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja dado continuidade as demarcações de área destinada a prática de caminhada ao longo dos canteiros centrais da Avenida Alberto Caldeira.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/816/indicacao_37-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/816/indicacao_37-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a limpeza e manutenção do trecho de via pública que faz a ligação direta do final da Rua Wantuil Caldeira(Acesso ao Instituto Gammon) à Rua Gabriel Lott.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/817/indicacao_38-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/817/indicacao_38-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado de forma emergencial a limpeza das áreas de competência do Município como praças, ruas e áreas institucionais bem como, que seja notificado os proprietários de lotes vagos, principalmente os localizados nas Ruas Getúlio de Carvalho, Gabriel Lott e Bruno Glória, para que procedam com sua limpeza.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/818/indicacao_39-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/818/indicacao_39-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado junto a Secretaria Municipal de Saúde o abastecimento da Farmácia Central.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/819/indicacao_40-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/819/indicacao_40-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a manutenção e troca da lâmpadas queimadas na Escola Municipal Pio Nunes Coelho, em especial na área do refeitório e também nas demais escolas que se fizerem necessárias as manutenções.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/820/indicacao_41-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/820/indicacao_41-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja corrigido o vencimento dos servidores efetivos que possuem como vencimento base o salário mínimo nacional_x000D_
 vigente, uma vez que estes estão com os salários base prejudicados por possuírem progressão horizontal e qüinqüênio.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/821/indicacao_42-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/821/indicacao_42-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a retirada da terra que desceu do bairro Canaã e se acumulou na entrada do Bairro João Miranda.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/822/indicacao_43-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/822/indicacao_43-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita uma operação tapa buracos nas ruas quatro e cinco do bairro João Miranda.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/823/indicacao_44-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/823/indicacao_44-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a manutenção do bueiro existente na Rua Tenente Horácio Soares, em frente ao Posto ALE, saída para Virginópolis. Solicita ainda realização de operação tapa buracos na localidade.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/824/indicacao_45-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/824/indicacao_45-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada uma operação tapa-buracos pelas ruas de Guanhães e distritos.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/825/indicacao_46-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/825/indicacao_46-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a poda das árvores localizadas no canteiro central da Avenida Governador Milton Campos, próximo a passarela de pedestres localizada em frente ao Supermercado Sul América.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/826/indicacao_47-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/826/indicacao_47-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a instalação de braços de iluminação pública nos postes localizados na Rua Esdras Coelho (Morro do Moreninho).</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/827/indicacao_48-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/827/indicacao_48-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o calçamento com bloquete nas ruas cinco e seis do bairro Santa Tereza, bem como instalação de rede pluvial nas referidas ruas.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/828/indicacao_49-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/828/indicacao_49-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o asfaltamento das ruas do bairro Canaã e que, como medida emergencial, seja feito o patrolameto e encascalhamento das referidas ruas.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/829/indicacao_50-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/829/indicacao_50-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o asfaltamento do trecho de via que dá acesso à Escola Estadual Fazenda São Sebastião, localizada no bairro Vermelho.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/830/indicacao_51-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/830/indicacao_51-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a capina e limpeza da Rua Tenente Xavier.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/831/indicacao_52-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/831/indicacao_52-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a manutenção e terraplanagem da rua dos Ypês no bairro Horto. Solicita ainda iluminação pública apropriada para o local.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/832/indicacao_53-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/832/indicacao_53-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a limpeza do Córrego Santa Tereza, localizado no bairro de mesmo nome, que se encontra com acúmulo de lixo e mato em suas margens.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/833/indicacao_54-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/833/indicacao_54-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Esta se faz por reivindicação dos moradores daquela comunidade que sofrem com as péssimas condições da referida estrada e com isso sentem imensas_x000D_
 dificuldades de locomoção no dia a dia e principalmente no transporte de cargas ou de pessoas doentes.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Maria Anídia de Paula</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/834/indicacao_55-2017_maria_anidia_de_paula.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/834/indicacao_55-2017_maria_anidia_de_paula.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado o sinal televisivo aberto aos munícipes de Guanhães.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/835/indicacao_56-2017_maria_anida_de_paula.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/835/indicacao_56-2017_maria_anida_de_paula.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito a verificação do quebra molas recém instalado próximo ao supermercado Sul America quanto as dimensões de altura legalmente exigidas.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/836/indicacao_57-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/836/indicacao_57-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja definido como sentido único a Rua Benevides Queiroz sentido Avenida Governador Milton Campos.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/837/indicacao_58-2017_bruno_pires_de_souza.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/837/indicacao_58-2017_bruno_pires_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a pavimentação do acesso ao cemitério do Distrito de Sapucaia</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/838/indicacao_59-2017_bruno_pires_de_souza.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/838/indicacao_59-2017_bruno_pires_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a pavimentação e instalação de rede de iluminação pública na Rua Matozinho Matos no Distrito de Sapucaia.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/839/indicacao_60-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/839/indicacao_60-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado o asfaltamento das ruas do bairro Aod Pereira.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/840/indicacao_61-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/840/indicacao_61-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a manutenção dos aparelhos de academia ao ar livre nos bairros e distritos de Guanhães, em especial nos localizados na Avenida Alberto Caldeira.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/841/indicacao_62-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/841/indicacao_62-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a manutenção dos banheiros existentes no Mercado Municipal.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/842/indicacao_63-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/842/indicacao_63-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a reforma da rodoviária municipal.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/843/indicacao_64-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/843/indicacao_64-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a revisão geral anual da remuneração dos servidores da Prefeitura Municipal de Guanhães.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/844/indicacao_65-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/844/indicacao_65-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a pavimentação da Rua Xisto de Carvalho no bairro Amazonas.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/845/indicacao_66-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/845/indicacao_66-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a pavimentação da Rua das Hortências no bairro Nunes Coelho.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/846/indicacao_67-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/846/indicacao_67-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado de forma emergencial a manutenção das vias públicas do bairro Nações.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/847/indicacao_68-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/847/indicacao_68-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado de forma emergencial a manutenção da ponte sobre o Rio Guanhães que liga o Bairro da Agroder ao Povoado Almas/Contendas.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/848/indicacao_69-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/848/indicacao_69-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito, que seja providenciada a limpeza da via urbana denominada Rua das Acácias no bairro Horto.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/849/indicacao_70-2017_bruno_pires_de_souza.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/849/indicacao_70-2017_bruno_pires_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a revitalização e iluminação pública da praça principal do Distrito de Sapucaia.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/850/indicacao_71-2017_bruno_pires_de_souza.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/850/indicacao_71-2017_bruno_pires_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a revitalização do vestiário do campo de futebol do Distrito de Sapucaia.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/851/indicacao_72-2017_maria_anidia_de_paula.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/851/indicacao_72-2017_maria_anidia_de_paula.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado a contratação de monitores escolares para os ônibus que transportam alunos da rede municipal de ensino, em especial dos alunos do primário.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/852/indicacao_73-2017_laercio_alves_de_lima.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/852/indicacao_73-2017_laercio_alves_de_lima.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado o patrolamento da estrada da zona rural do Distrito de Taquaral, especificamente das comunidades do Córrego do Caximbo, Carranca, Amorim, Pinheiros, Campo Alegre e Sapé. Solicita ainda patrolamento da estrada da zona rural do Distrito de Farias, especificamente das comunidades do Córrego Brejaúba, Biguá, Escura, Vinhático e Silva do Toni.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/853/indicacao_74-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/853/indicacao_74-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a limpeza e manutenção dos bueiros localizados na Rua das Mangueiras, bairro Vista Alegre.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/854/indicacao_75-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/854/indicacao_75-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a limpeza do Córrego Bom Sucesso, bairro Pito.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/855/indicacao_76-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/855/indicacao_76-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja criado mediante lei específica, incentivo financeiro para os motoristas da prefeitura como prêmio para conservar a frota de veículos do Município.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/856/indicacao_77-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/856/indicacao_77-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a aquisição de ambulâncias para os distritos de Guanhães.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/857/indicacao_78-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/857/indicacao_78-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja verificada a possibilidade de instalar um ponto de apoio a saúde, ou um PSF no Bairro Aod Pereira.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/858/indicacao_79-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/858/indicacao_79-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita uma operação tapa buracos no bairro Vilage.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/859/indicacao_80-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/859/indicacao_80-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a reforma do Estádio do Caldeirão e do Ginásio Poliesportivo.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/860/indicacao_81-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/860/indicacao_81-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o calçamento do Beco José Vicente Fernandes no Bairro Alvorada.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/861/indicacao_82-2017_laercio_alves_de_lima.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/861/indicacao_82-2017_laercio_alves_de_lima.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que feita a capina e limpeza da área onde se localiza o PSF de Farias.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/862/indicacao_83-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/862/indicacao_83-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a limpeza da praça localizada em frente ao portão de acesso da Escola Municipal Pingo de Luz.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/863/indicacao_84-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/863/indicacao_84-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a manutenção da antena da VIVO localizada no Distrito de Correntinho.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/864/indicacao_85-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/864/indicacao_85-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que sejam construídas coberturas de proteção contra sol e chuva nos portões de acesso as unidades de saúde do Município de Guanhães.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/865/indicacao_86-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/865/indicacao_86-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja realizada a adequação salarial dos vencimentos dos servidores que possuem como salário base, o salário mínimo nacional vigente, excluindo de seus contracheques a complementação salarial.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/866/indicacao_87-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/866/indicacao_87-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que sejam construídos banheiros públicos na área central da cidade para atender a população de Guanhães e região.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/867/indicacao_88-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/867/indicacao_88-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o patrolamento da estrada da Ponte Alta que dá acesso a fazenda do senhor Joãozinho Pica Fumo.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Evandro Lott Moreira, Bruno Pires de Souza (Bruninho Sapucaia), Daniel Barroso, Geraldo Ferreira ( Geraldo Anésio), Laércio Alves de Lima, Mauro Caneco, Nelci Pereira Chaves, Nivaldo dos Santos, Osmar Gomes Fidelis</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/868/indicacao_89-2017_evandro_lott_moreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/868/indicacao_89-2017_evandro_lott_moreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja realizada a adequação salarial dos vencimentos dos servidores que possuem como salário base, o salário mínimo nacional vigente.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/869/indicacao_90-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/869/indicacao_90-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o patrolamento das estradas da Cabeceira da Lagoa Grande.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Evandro Lott Moreira</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/870/indicacao_91-2017_evandro_lott_moreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/870/indicacao_91-2017_evandro_lott_moreira.pdf</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/871/indicacao_92-2017_osmar_gomes_fidelis.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/871/indicacao_92-2017_osmar_gomes_fidelis.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o calçamento da Rua Vilmara Soares de Moura, localizada no bairro Madeira.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/872/indicacao_93-2017_osmar_gomes_fidelis.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/872/indicacao_93-2017_osmar_gomes_fidelis.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a limpeza e término do asfaltamento da Rua Leonel Antônio de Araújo no bairro Madeira.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/873/indicacao_94-2017_osmar_gomes_fidelis.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/873/indicacao_94-2017_osmar_gomes_fidelis.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a reforma da ponte que dá acesso ao Córrego dos Contendas.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/874/indicacao_95-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/874/indicacao_95-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja construída uma faixa elevada para pedestres na Avenida Governador Milton Campos, em frente ao Bar do Joãozinho.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/875/indicacao_96-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/875/indicacao_96-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja construÍdo o meio fio das ruas asfaltadas do distrito de Taquaral.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/876/indicacao_97-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/876/indicacao_97-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja verificado junto a 25' CIA Independente da Polícia Militar, a possibilidade de ronda policial em Correntinho pelo menos três vezes na semana.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/877/indicacao_98-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/877/indicacao_98-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a manutenção dos aparelhos de academia ao ar livre localizados no Distrito de Correntinho.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/878/indicacao_99-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/878/indicacao_99-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o asfaltamento das Ruas Raquel Mauricio e Miguel Leandro, localizadas no Distrito de Correntinho.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/879/indicacao_100-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/879/indicacao_100-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito uma operação tapa buracos no Beco Califórnia.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/880/indicacao_101-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/880/indicacao_101-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o asfaltamento da Rua 06 no bairro Vicente Guabiroba.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/881/indicacao_102-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/881/indicacao_102-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a alteração para sentido único o trecho da Rua Capitão Bernardo localizado entre a antiga Padaria Brasil e o cruzamento com a Rua Pio Ferreira.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/882/indicacao_103-2017_bruno_pires_de_souza.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/882/indicacao_103-2017_bruno_pires_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja disponibilizado um veiculo que possa realizar os deslocamentos dos pacientes do Distrito de Sapucaia para os atendimentos em Guanhães.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/883/indicacao_104-2017_bruno_pires_de_souza.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/883/indicacao_104-2017_bruno_pires_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a manutenção da ponte localizada no Córrego São Francisco, próximo a propriedade do senhor Dede Gondinho, Distrito de Sapucaia.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/884/indicacao_105-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/884/indicacao_105-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que feita a iluminação pública da Avenida dos Ypês no bairro Horto.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/885/indicacao_106-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/885/indicacao_106-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a pavimentação da Rua das Guianas no bairro das Nações, bem como instalação de iluminação pública próximo ao número 142 da mesma Rua.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/886/indicacao_107-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/886/indicacao_107-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja instalado braço de iluminação pública nos postes localizados na parte final da Avenida Minas Gerais, Bairro Aod Pereira.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/887/indicacao_108-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/887/indicacao_108-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a reforma do gramado e construção de vestiários no campo de futebol Bom Sucesso.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/888/indicacao_109-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/888/indicacao_109-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a recuperação dos quebra molas existentes ao longo da Rua Bruno Glória e Gabriel Lott no Bairro Pito.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/889/indicacao_110-2017_laercio_alves_de_lima.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/889/indicacao_110-2017_laercio_alves_de_lima.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o asfaltamento das ruas cinco e seis no bairro Santa Tereza.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/890/indicacao_111-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/890/indicacao_111-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a reforma das dependências da Escola Municipal Gustavo Coelho.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/891/indicacao_112-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/891/indicacao_112-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja construída uma faixa de travessia elevada na Travessa Dr. Lopes em frente a Creche Lar dos Pequeninos.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/892/indicacao_113-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/892/indicacao_113-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a troca das lâmpadas de iluminação pública queimadas existentes ao longo da Avenida Antônio Rosa Lima.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/893/indicacao_114-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/893/indicacao_114-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a construção de vestiários, colocação de telas de proteção e reforma do campo de futebol do bairro Alvorada.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/894/indicacao_115-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/894/indicacao_115-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja viabilizado a implantação de Estacionamento Rotativo em Guanhães.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/895/indicacao_116-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/895/indicacao_116-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que feita a pavimentação do acesso a Escola Estadual Fazenda São Sebastião.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/896/indicacao_117-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/896/indicacao_117-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que feita a reforma da Escola Municipal Capitão João Carlos de Miranda, localizada no Maia dos Buracos.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/897/indicacao_118-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/897/indicacao_118-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a troca de lâmpadas queimadas na Rua Panorâmica, bairro Mangueiras.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/898/indicacao_119-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/898/indicacao_119-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado e enviado a Câmara Municipal projeto de lei que trate de adequação dos vencimentos dos servidores (código do cargo P II-II e PAD-II).</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/899/indicacao_120-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/899/indicacao_120-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja realizada manutenção, reforma e construção nas escolas municipais, Gustavo Coelho, Pio Nunes E Pingo de Luz.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/900/indicacao_121-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/900/indicacao_121-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a reorganização na carga horária do pedagogo para implementação do tempo de estudo.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/901/indicacao_122-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/901/indicacao_122-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o asfaltamento da Rua 01 do Bairro Nova Expansão.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/902/indicacao_123-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/902/indicacao_123-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o término do asfaltamento da Rua Leonel Antônio de Araújo no bairro Madeira.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/903/indicacao_124-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/903/indicacao_124-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a manutenção da ponte localizada na Rua Paulino Coelho, bem como limpeza dos Ribeirões Graipu e Bom Sucesso.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/904/indicacao_125-2017_osmar_gomes_fidelis.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/904/indicacao_125-2017_osmar_gomes_fidelis.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o recapeamento do asfalto nas ruas do bairro Amazonas.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/905/indicacao_126-2017_osmar_gomes_fidelis.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/905/indicacao_126-2017_osmar_gomes_fidelis.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o calçamento da Rua Xisto de Carvalho.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/906/indicacao_127-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/906/indicacao_127-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a extensão da rede elétrica na Rua Padre Geraldo Correia próxima a igreja católica de Taquaral</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/907/indicacao_128-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/907/indicacao_128-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a terraplanagem do terreno onde será o campo de futebol do Distrito de Taquaral</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/908/indicacao_129-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/908/indicacao_129-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a ligação de luz elétrica na residência do senhor Geraldo Matias Pereira, localizada no Córrego dos Leite, Distrito de Correntinho.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Lucimar Ferreira Pinto</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/909/indicacao_130-2017_lucimar_ferreira_pinto.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/909/indicacao_130-2017_lucimar_ferreira_pinto.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a manutenção da pintura das faixas de pedestres existentes nas ruas e avenidas de Guanhães, principalmente na faixa de pedestre localizada na Avenida Governador Milton Campos que dá acesso a matriz do Supermercado Três Irmãos.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/910/indicacao_131-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/910/indicacao_131-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a limpeza do Ribeirão Vermelho, principalmente nas proximidades do bairro Santa Tereza e Lagoa do Evaristo.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/911/indicacao_132-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/911/indicacao_132-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja construído quebra-molas em frente a Padaria Brasil, Bar do Joãozinho e uma passagem elevada para pedestres em frente ao Supermercado Albino.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/912/indicacao_133-2017_evandro_lott_moreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/912/indicacao_133-2017_evandro_lott_moreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado junto ao DER, meios de fiscalização eletrônica como radar de controle de velocidade na parte final da Avenida Governador Milton Campos, bairro Vermelho.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/913/indicacao_134-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/913/indicacao_134-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que sejam tomadas providências quanto aos animais abandonadas pelas ruas e praças da cidade, principalmente cachorros nas proximidades da rodoviária.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/914/indicacao_135-2017_carlos_aparecido_da_silva.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/914/indicacao_135-2017_carlos_aparecido_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que sejam colocadas câmeras de monitoramento eletrônico nos pontos de táxi existentes em Guanhães.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/915/indicacao_136-2017_bruno_pires_de_souza.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/915/indicacao_136-2017_bruno_pires_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a pavimentação do trecho que dá acesso ao cemitério do distrito de Sapucaia, bem como pavimentação da Rua Matozinho Matos.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/916/indicacao_137-2017_lucimar_ferreira_pinto.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/916/indicacao_137-2017_lucimar_ferreira_pinto.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a manutenção do mataburro existente próximo a propriedade da senhora Fátima bem como do mataburro existente próximo a propriedade do senhor Neri, ambos localizados na estrada vicinal que se inicia no antigo grupo escolar da comunidade da Barreira de Cima.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/917/indicacao_138-2017_lucimar_ferreira_pinto.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/917/indicacao_138-2017_lucimar_ferreira_pinto.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja solicitado da secretaria de educação transporte escolar até a propriedade do senhor Maguito do Geni na comunidade da Barreira, para alunos residentes próximo aquela localidade.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/918/indicacao_139-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/918/indicacao_139-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja enviado projeto de lei à Câmara Municipal que trate da utilização de dispositivos para a penetração das águas pluviais nos calçamentos da cidade e ao racionamento do uso da água com desconto em impostos, taxas e emolumentos municipais, conforme anteprojeto apresentado em anexo.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/919/indicacao_140-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/919/indicacao_140-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a pavimentação da Travessa João Ferreira Pimentel no bairro Alvorada sendo que, há princípio, seja realizado o cascalhamento da mesma como medida urgente.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/920/indicacao_141-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/920/indicacao_141-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a drenagem do Córrego do Ribeirão do Bonito, que passa dentro do Distrito de Taquaral em especial da ponte próxima ao morador José do Carmo para baixo.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/921/indicacao_142-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/921/indicacao_142-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a infraestrutura para o campo de futebol do bairro Aod Pereira com a aquisição de grama para a área de campo , tela para as laterais, traves e um vestiário e como medida emergencial, seja providência a limpeza da área onde os moradores praticam esporte.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/922/indicacao_143-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/922/indicacao_143-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que sejam construídos três quebra-molas na Rua Jorge Teixeira próximo aos números 444,531 e 406.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/923/indicacao_144-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/923/indicacao_144-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada a poda de árvores na área interna do Caldeirão, próximo a arquibancada e nos fundos bem como, a poda das árvores localizadas na Rua Afonso Gonçalves próximo ao muro do ginásio.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/924/indicacao_145-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/924/indicacao_145-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o asfaltamento do restante da Rua Xisto de Carvalho, encontro com a Rua Cassimiro de Andrade proximidades do número 121 bairro Amazonas.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/925/indicacao_146-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/925/indicacao_146-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado o asfaltamento da Avenida Brasil, no bairro Nações</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Daniel Barroso, Carlos Aparecido da Silva ( Carlinhos Camelô), Dorinha da Farmácia, Geraldo Ferreira ( Geraldo Anésio), Laércio Alves de Lima, Lucimar Ferreira Pinto, Maria Anídia de Paula, Mauro Caneco, Nelci Pereira Chaves, Nivaldo dos Santos, Osmar Gomes Fidelis</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/926/indicacao_147-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/926/indicacao_147-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Presidente que proceda com a devolução de numerário ao Poder Executivo Municipal em prol do Hospital Regional Imaculada Conceição.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/927/indicacao_148-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/927/indicacao_148-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja instalada rede elétrica em toda a extensão da Rua B situada no Bairro Santa Tereza e que seja feita também, a pavimentação da referida rua.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/928/indicacao_149-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/928/indicacao_149-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a notificação do proprietário do terreno situado na Rua Tenente Horácio Soares próximo ao número 262 e próximo ao bar do Arthur para que providencie a sua limpeza.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/929/indicacao_150-2017_osmar_gomes_fidelis.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/929/indicacao_150-2017_osmar_gomes_fidelis.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a limpeza dos ribeirões Graipú, Bom Sucesso e Vermelho principalmente da área que abrange o centro comercial nas proximidades do supermercado Três Irmãos.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/930/indicacao_151-2017_osmar_gomes_fidelis.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/930/indicacao_151-2017_osmar_gomes_fidelis.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a infraestrutura das Ruas dos Bairros Canaã e João Miranda.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/931/indicacao_152-2017_osmar_gomes_fidelis.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/931/indicacao_152-2017_osmar_gomes_fidelis.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a reforma da ponte que dá acesso ao córrego Contendas.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/932/indicacao_153-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/932/indicacao_153-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que sejam construídos dois quebra-molas na Praça Dom Felipe situada no Bairro Aod pereira.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/933/indicacao_154-2017_mauro_da_conceicao_neves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/933/indicacao_154-2017_mauro_da_conceicao_neves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito bueiro na Rua Alaide Lott Caldeira, situada no Bairro Aod pereira.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/934/indicacao_155-2017_bruno_pires_de_souza.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/934/indicacao_155-2017_bruno_pires_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que sejam colocadas lixeiras nas ruas do distrito de Sapucaia bem como a instalação de rede elétrica em toda a extensão da Rua São Geraldo situada no referido distrito.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Evandro Lott Moreira, Bruno Pires de Souza (Bruninho Sapucaia), Daniel Barroso, Geraldo Ferreira ( Geraldo Anésio), Mauro Caneco, Nelci Pereira Chaves, Nivaldo dos Santos, Osmar Gomes Fidelis</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/935/indicacao_156-2017_evandro_lott_moreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/935/indicacao_156-2017_evandro_lott_moreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a revisão geral anual dos servidores da Prefeitura Municipal principalmente dos motoristas.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/936/indicacao_157-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/936/indicacao_157-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que sejam providenciados reparos na iluminação da Escola Municipal Dr Inocente Soares Leão.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/937/indicacao_158-2017_doris_campos_coelho.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/937/indicacao_158-2017_doris_campos_coelho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito providenciado encascai 'lamento em localidade de Maia dos Buracos na região situada atrás da Horta</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/938/indicacao_159-2017_geraldo_ferreira.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/938/indicacao_159-2017_geraldo_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o encascalhamento das Ruas 3,4 e 5 do Bairro João Miranda.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/939/indicacao_160-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/939/indicacao_160-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a reforma dos banheiros do Coreto Maestro Augusto Nunes Coelho, situado na praça JK.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/940/indicacao_161-2017_daniel_barroso.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/940/indicacao_161-2017_daniel_barroso.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja construída academia ao ar livre no Terminal Rodoviário de Guanhães.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/941/indicacao_162-2017__nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/941/indicacao_162-2017__nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciada, a limpeza dos barrancos da fazendo do Zé Pimenta até o distrito de Correntinho.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/942/indicacao_163-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/942/indicacao_163-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja construído um quebro-molas m, Rua 16 no bairro Novo Cruzeiro.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/943/indicacao_164-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/943/indicacao_164-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito para que seja patrolada a estrada principal do Distrito de Correntinho</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/944/scan2020-10-08_092922.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/944/scan2020-10-08_092922.pdf</t>
   </si>
   <si>
     <t>Que seja agendada pela Câmara Municipal, audiência pública para tratar da segurança pública neste Município. Requer que sejam convidados representantes da Polícia Militar, Polícia Civil, Executivo, e demais órgãos interessados.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/945/scan2020-10-08_093122.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/945/scan2020-10-08_093122.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado do senhor Prefeito o envio a esta Casa, de cópia dos decretos ou portarias referentes as exonerações feitas pela Prefeitura no encerramento do exercício de 2016. Requer ainda, cópia de todos os atos referentes as contratações ocorridas em 2017.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/946/scan2020-10-08_093412.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/946/scan2020-10-08_093412.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado do senhor Prefeito o envio a esta Casa, do cronograma de execução de obras de asfaltamento no bairro Santa Tereza.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/947/scan2020-10-08_093523.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/947/scan2020-10-08_093523.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado da secretaria municipal de educação, informações por escrito sobre os critérios usados para contratação de servidores para a secretaria neste ano de 2017.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>Nelci Pereira Chaves, Bruno Pires de Souza (Bruninho Sapucaia), Carlos Aparecido da Silva ( Carlinhos Camelô), Daniel Barroso, Evandro Lott Moreira, Geraldo Ferreira ( Geraldo Anésio), Laércio Alves de Lima, Mauro Caneco, Nivaldo dos Santos, Osmar Gomes Fidelis</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/948/scan2020-10-08_093549.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/948/scan2020-10-08_093549.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado do senhor Prefeito o envio a esta Casa, de Projeto de Lei que autorize as empresas de publicidade a explorarem as placas de logradouros públicos, utilizando postes com placas indicativas de ruas.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/949/scan2020-10-08_093733.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/949/scan2020-10-08_093733.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado do senhor Prefeito o envio a esta Casa, de informações sobre a conclusão das obras de construção da sede da farmácia central deste Município.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/950/scan2020-10-08_093833.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/950/scan2020-10-08_093833.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado do senhor Prefeito o envio a esta Casa, do plano de ação deste Município para o cuidado com os cães e animais que vivem nas ruas de nossa cidade.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/951/scan2020-10-08_093854.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/951/scan2020-10-08_093854.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado do senhor Prefeito o envio a esta Casa, do cronograma de execução da obra de esgotamento sanitário de acordo com termo de compromisso n°. 107/2011 já no sexto termo "de oficio" de prorrogação de vigência.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/953/scan2020-10-08_094038.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/953/scan2020-10-08_094038.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado do senhor Prefeito o envio a esta Casa, de cópia das atas, contratos e ordem de serviço referente a todos os processos licitatórios ocorridos no ano de 2017.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/790/indicacao_11_-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/790/indicacao_11_-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado o patrolamento da Rua II no bairro Vista Alegre bem como extensão de rede elétrica para a referida Rua.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/791/indicacao_12-2017_nivaldo_dos_santos.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/791/indicacao_12-2017_nivaldo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja providenciado o encascalhamento e patrolamento das estradas dos Córregos Pinheiro, Lajeado, Cachimbo, São Timóteo, Sapé, Amorim, Carranca e Cabeceira de Farias.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/954/scan2020-10-08_094913.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/954/scan2020-10-08_094913.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado do senhor Prefeito o envio a esta Casa, de prestação de contas dos recursos arrecadados através da rodoviária municipal de Guanhães.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/794/indicacao_15-2017_nelci_pereira_chaves.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/794/indicacao_15-2017_nelci_pereira_chaves.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feito o asfaltamento das ruas do distrito de Correntinho que ainda não possuem pavimentação.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/955/scan2020-10-08_095028.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/955/scan2020-10-08_095028.pdf</t>
   </si>
   <si>
     <t>Que seja convocado o gestor da secretaria municipal de saúde para estar presente em reunião ordinária desta Casa Legislativa para prestar esclarecimentos referentes as obras de reforma das unidades de saúde, arrecadação de recursos, agendamento de exames, e outros assuntos_x000D_
 relacionados a rotina de trabalho da secretaria municipal de saúde.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/956/scan2020-10-08_095310.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/956/scan2020-10-08_095310.pdf</t>
   </si>
   <si>
     <t>Que seja requerido do senhor Prefeito o envio a esta Casa, de cópia das notas de empenho emitidas em 2017, relativas aos gastos com transporte escolar municipal.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/957/scan2020-10-08_095351.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/957/scan2020-10-08_095351.pdf</t>
   </si>
   <si>
     <t>Que seja reiterado o requerimento enviado ao Executivo Municipal pelo qual solicitou a prestação de contas dos valores arrecadados através da rodoviária municipal.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/958/scan2020-10-08_1000491.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/958/scan2020-10-08_1000491.pdf</t>
   </si>
   <si>
     <t>Considerando a tramitação dos projetos de lei que possuem por objeto a criação de cargos no Poder Executivo Municipal e o disposto no artigo 1°, parágrafo oitavo da Lei Complementar n°. 002/2014, requeiro que seja solicitado do Poder Executivo o envio a esta Casa de cópia de todos os atos de_x000D_
 nomeação referentes a cada cargo comissionado existente na prefeitura, especificando se o recrutamento se deu de forma ampla ou limitada bem como relação de todos os servidores efetivos do Município.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/959/scan2020-10-08_102830.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/959/scan2020-10-08_102830.pdf</t>
   </si>
   <si>
     <t>Considerando que a Lei Municipal n°. 2717/2016, que "Regulamenta a Gestão Democrática na Rede Municipal de Ensino de Guanhães e dá outras providências" está em vigor desde 24 de junho de 2016 e que o Poder Executivo não cumpriu o estabelecido na mesma, esta vereadora vem requerer a_x000D_
 elaboração de Termo de Representação junto ao Ministério Público desta Comarca para que seja verificado o descumprimento da legislação municipal referida.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/960/scan2020-10-08_102944.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/960/scan2020-10-08_102944.pdf</t>
   </si>
   <si>
     <t>Que seja reiterado o requerimento para que chefe do Poder Executivo Municipal envie a esta Casa prestação de contas dos valores arrecadados pelo Município através das dependências da rodoviária Municipal nos anos de 2013, 2014, 2015, 2016 e 2017.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/961/scan2020-10-08_103053.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/961/scan2020-10-08_103053.pdf</t>
   </si>
   <si>
     <t>Que sejam requeridas informações da secretaria municipal de saúde, quanto aos relatos de existência de remédios usados no tratamento de fumantes e que estão com prazo de validade a encerrar em poucos dias.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/803/indicacao_24-2017_osmar_gomes_fidelis.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/803/indicacao_24-2017_osmar_gomes_fidelis.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito que seja feita a extensão na rede elétrica na Rua dos Ipês no bairro Horto.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>Mauro Caneco, Daniel Barroso, Nivaldo dos Santos, Osmar Gomes Fidelis</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/962/scan2020-10-08_103234.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/962/scan2020-10-08_103234.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado do senhor prefeito a construção de novas salas de aula com banheiro no Centro Municipal de Educação Infantil Guilherme Nunes Caldeira Petrucelli (CMEI)</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/963/scan2020-10-08_103400.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/963/scan2020-10-08_103400.pdf</t>
   </si>
   <si>
     <t>Que seja requerido do chefe do Poder Executivo Municipal o envio a esta Casa, do percentual de cargos comissionados que estão nomeados por recrutamento amplo e o percentual de cargos comissionados nomeados por recrutamento limitado.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/964/scan2020-10-08_103425.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/964/scan2020-10-08_103425.pdf</t>
   </si>
   <si>
     <t>Que seja agendada reunião interna dos vereadores desta Casa com a diretoria do Guanhães Prev visando esclarecimentos sobre a situação que se encontra o instituto e garantias aos servidores municipais.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/965/scan2020-10-08_103510.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/965/scan2020-10-08_103510.pdf</t>
   </si>
   <si>
     <t>Que seja convocada em regime de urgência audiência pública com a presença do presidente do SAAE-Guanhães, para debater a crise de abastecimento de água que o Município está vivenciando bem como situação da autarquia.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>Daniel Barroso, Bruno Pires de Souza (Bruninho Sapucaia), Carlos Aparecido da Silva ( Carlinhos Camelô), Dorinha da Farmácia, Evandro Lott Moreira, Geraldo Ferreira ( Geraldo Anésio), Lucimar Ferreira Pinto, Maria Anídia de Paula, Mauro Caneco, Nelci Pereira Chaves, Nivaldo dos Santos, Osmar Gomes Fidelis</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/966/scan2020-10-08_103559.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/966/scan2020-10-08_103559.pdf</t>
   </si>
   <si>
     <t>Que seja convocado em regime de urgência, o presidente do SAAE-Guanhães, para prestar esclarecimentos a esta Casa sobre a atual crise de abastecimento de água no Município.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/967/scan2020-10-08_103704.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/967/scan2020-10-08_103704.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado informações da secretaria municipal de saúde, informações quanto a implementação do programa de controle do tabagismo, se o Município aderiu ao programa e prazos para implementação.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/968/scan2020-10-08_103808.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/968/scan2020-10-08_103808.pdf</t>
   </si>
   <si>
     <t>Que seja requerido do chefe do Poder Executivo Municipal o envio a esta Casa, da cópia do convênio firmado para construção da creche no bairro Pito bem como, cópia do contrato com a empresa vencedora da obra, cronograma de execução da obra, cópia das medições já pagas e valor total gasto até o momento.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/969/scan2020-10-08_103847.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/969/scan2020-10-08_103847.pdf</t>
   </si>
   <si>
     <t>Que seja requerido do chefe do Poder Executivo Municipal o envio a esta Casa, de informações por escrito sobre a persistência do pagamento de complementação salarial aos servidores da prefeitura.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/970/scan2020-10-08_103912.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/970/scan2020-10-08_103912.pdf</t>
   </si>
   <si>
     <t>Que seja requerido do chefe do Poder Executivo Municipal o envio a esta Casa, de projeto de lei que trata de correção salarial dos conselheiros tutelares do município de Guanhães.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/971/scan2020-10-08_103954.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/971/scan2020-10-08_103954.pdf</t>
   </si>
   <si>
     <t>Que sejam requeridas do chefe do Poder Executivo Municipal, informações a respeito do reestabelecimento do sinal de TV à população de Guanhães,_x000D_
 bem como, se existe previsão para que o mesmo seja reestabelecido.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/972/scan2020-10-08_104136.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/972/scan2020-10-08_104136.pdf</t>
   </si>
   <si>
     <t>Que seja requerido do chefe do Poder Executivo Municipal, o envio a esta Casa, de resposta à recomendação administrativa 001/2017 de autoria do_x000D_
 Promotor de Justiça da Comarca de Guanhães, Thiago Ferraz de Oliveira e dirigida ao SAAE e à Prefeitura Municipal de Guanhães, a qual recomenda_x000D_
 que sejam adotadas medidas de mitigação de riscos ao abastecimento de água no município de Guanhães e que recomenda também, que sejam_x000D_
 apresentados os respectivos relatórios das medidas adotadas à promotoria e a sociedade guanhanense.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/973/scan2020-10-08_104209.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/973/scan2020-10-08_104209.pdf</t>
   </si>
   <si>
     <t>Que seja requerido do chefe do Poder Executivo Municipal, o envio a esta Casa, da relação de todos os servidores públicos do Município de Guanhães ocupantes de cargo comissionado, bem como das respectivas formas de recrutamento de cada um.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>Osmar Gomes Fidelis, Nelci Pereira Chaves</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/974/scan2020-10-08_104438.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/974/scan2020-10-08_104438.pdf</t>
   </si>
   <si>
     <t>Que seja convidado para que compareça a esta casa, o provedor e equipe técnica do Hospital Regional Imaculada Conceição, para que preste informações a respeito da disponibilidade de materiais de expediente como esparadrapos, gazes, seringas, kits de primeiros socorros e afins bem como, para que informe também, se há a falta desses insumos bem como para que preste outros esclarecimentos a esta Casa Legislativa .</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/975/scan2020-10-08_104539.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/975/scan2020-10-08_104539.pdf</t>
   </si>
   <si>
     <t>Que seja requerido do diretor do Hospital Regional Imaculada Conceição, o envio a esta Casa, da relação completa de todas as verbas indicadas por deputados, que foram pagas e ainda estão pendentes de pagamento, no período de janeiro de 2016 a dezembro de 2017.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1391/projeto_de_lei_numero_001_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1391/projeto_de_lei_numero_001_de_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade das instituições bancárias instalarem biombos, tapumes ou estruturas similares nos locais de atendimento ao público na cidade de Guanhães(MG), como forma de preservar a segurança dos clientes destas instituições.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>Geraldo José Pereira (Ladinho)</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1394/projeto_de_lei_numero_002_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1394/projeto_de_lei_numero_002_de_2017.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Saneamento Básico e dá outras providências</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1397/projeto_de_lei_numero_003_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1397/projeto_de_lei_numero_003_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal número 2699, de 16 junho de 2015 que trata do Plano Municipal de Educação - PME e dá outras providências</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1398/projeto_de_lei_numero_004_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1398/projeto_de_lei_numero_004_de_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reajuste, a titulo de revisão geral anual, nos vencimentos do funcionalismo público da Câmara Municipal de Guanhães, e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1401/projeto_de_lei_numero_005_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1401/projeto_de_lei_numero_005_de_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do parágrafo único, do artigo 1°, da Lei Municipal n° 2.693/2015, e dá outras providências.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1390/projeto_de_lei_complementar_numero_06_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1390/projeto_de_lei_complementar_numero_06_de_2017.pdf</t>
   </si>
   <si>
     <t>Cria Cargos e Altera a Estrutura Administrativa/Orgânica Municipal estabelecida pela Lei Complementar n.° 2.236/07e dá outras providências.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1402/projeto_de_lei_numero_007_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1402/projeto_de_lei_numero_007_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a outorga de permissão de serviço público de fixação de placas com nomenclatura de logradouros públicos e outros espaços publicitários em bens imóveis do município e caracteriza seu objeto e prazo.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1404/projeto_de_lei_numero_008_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1404/projeto_de_lei_numero_008_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a lei municipal número 2699 de 16 de junho de 2015 que trata do plano municipal de educação - PME e dá outras providências.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1418/projeto_de_lei_numero_009_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1418/projeto_de_lei_numero_009_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir o PROGRAMA BOLSA ATLETA e dá outras providências</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1420/projeto_de_lei_numero_10_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1420/projeto_de_lei_numero_10_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Serviço Autônomo de Água e Esgoto de Guanhães — SAAE/Guanhães a instituir o prêmio Psicólogo Leônio Santos Tomás de incentivos à criação literária e educação ambiental no Município em atendimento a Lei Estadual n. 12.503/1997 e dá outras providências.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1424/projeto_de_lei_numero_11_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1424/projeto_de_lei_numero_11_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Guanhães a promover encontro de contas e dá outras providências.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1425/projeto_de_lei_numero_12_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1425/projeto_de_lei_numero_12_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar n°2.592 de 31 de dezembro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1428/projeto_de_lei_numero_13_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1428/projeto_de_lei_numero_13_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza as Lojas Maçônicas: PIONEIROS DO NORDESTE e SOL NASCENTE, ambas sediadas nesta cidade de Guanhães/MG a construírem e instalarem um_x000D_
 Obelisco no canteiro central da Av. Governador Milton Campos na altura dos n's 2.973, 2.983 e 2.942, Centro, nesta cidade de Guanhães/MG, e dá outras providências</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1430/projeto_de_lei_numero_14_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1430/projeto_de_lei_numero_14_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n.° 02/2014, regulamenta piso salarial dos Agentes Comunitários de Saúde e Agentes de Endemias e dá outras providências.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1433/projeto_de_lei_numero_15_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1433/projeto_de_lei_numero_15_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Serviço Autônomo de Água e Esgoto - SAAE a repassar verba para a Prefeitura Municipal de Guanhães como contrapartida financeira.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1434/projeto_de_lei_numero_16_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1434/projeto_de_lei_numero_16_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera as disposições da lei número 2597, de 31 de dezembro de 2013 que institui a Ouvidoria Municipal de Saúde no Município de Guanhães e dá outras providências.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1435/projeto_de_lei_numero_17_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1435/projeto_de_lei_numero_17_de_2017.pdf</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/2235/projeto_de_lei_complemtar_numero_18_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/2235/projeto_de_lei_complemtar_numero_18_de_2017.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Prorrogação do Prazo da Licença Maternidade das Servidoras Públicas Gestante e Adotante no âmbito da Administração Direta, Autárquica e Fundacional do Município de Guanhães/MG e dá outras providências.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1437/projeto_de_lei_numero_19_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1437/projeto_de_lei_numero_19_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Parceria com o Conselho Comunitário de Segurança Pública de Guanhães - Consep — para transferência de recursos financeiros visando a aquisição de bens para a conclusão das obras do quartel da 25 Cia PM Independente.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1438/projeto_de_lei_numero21_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1438/projeto_de_lei_numero21_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a não ajuizar ações ou execuções fiscais de débitos de pequeno valor; Dispõe sobre o cancelamento dos débitos que especifica, quando alcançados pela prescrição; Autoriza a Fazenda Pública Municipal a celebrar acordo em processos administrativos e judiciais, firmar protocolo de intenções de cooperação com o TJMG visando a redução dos processos relativos à Execuções Fiscais e dá outras providências.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1444/projeto_de_lei_numero_22_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1444/projeto_de_lei_numero_22_de_2017.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art. 34 da lei municipal número 2717 de 24 de junho de 2016, que regulamenta a gestão democrática na rede municipal de ensino de Guanhães/MG e dá outras providências.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1445/projeto_de_lei_numero_23_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1445/projeto_de_lei_numero_23_de_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração dos anexos II e IV da Lei número 2711 de 18 de maio de 2016, que dispõe sobre o Plano de Cargos do Poder Legislativo do Município de Guanhães e dá outras providências.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1447/projeto_de_lei_numero_24_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1447/projeto_de_lei_numero_24_de_2017.pdf</t>
   </si>
   <si>
     <t>Alameda José Pinto dos Santos</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1449/projeto_de_lei_numero_25_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1449/projeto_de_lei_numero_25_de_2017.pdf</t>
   </si>
   <si>
     <t>Rua Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1450/projeto_de_lei_numero_26_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1450/projeto_de_lei_numero_26_de_2017.pdf</t>
   </si>
   <si>
     <t>Travessa dos Lírios.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1451/projeto_de_lei_numero_27_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1451/projeto_de_lei_numero_27_de_2017.pdf</t>
   </si>
   <si>
     <t>Rua Débora Martins Lopes.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1452/projeto_de_lei_numero_28_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1452/projeto_de_lei_numero_28_de_2017.pdf</t>
   </si>
   <si>
     <t>Praça Geralda Correia da Costa.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1453/projeto_de_lei_numero_29_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1453/projeto_de_lei_numero_29_de_2017.pdf</t>
   </si>
   <si>
     <t>Institui a obrigatoriedade dos estabelecimentos bancários situados no Município de Guanhães a utilizarem em suas agências, película fumê ou adesivo perfurado nas portas e paredes de vidro voltadas a via pública, de maneira que impeçam a visualização externa de pessoas em seu interior e dá outras providências</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1457/projeto_de_lei_numero_30_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1457/projeto_de_lei_numero_30_de_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o desembarque de passageiros idosos e de deficiente físico fora do ponto de parada no transporte coletivo.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1458/projeto_de_lei_numero_31_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1458/projeto_de_lei_numero_31_de_2017.pdf</t>
   </si>
   <si>
     <t>Rua Itália.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1459/projeto_de_lei_numero_32_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1459/projeto_de_lei_numero_32_de_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Prevenção, Tratamento e Reinserção Social para pessoas portadoras de dependência química</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1460/projeto_de_lei_numero33_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1460/projeto_de_lei_numero33_de_2017.pdf</t>
   </si>
   <si>
     <t>Institui a Política Pública "PRÓ-MULHER" de Qualificação de Mão de Obra Feminina no Município de Guanhães</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1462/projeto_de_lei_numero_34_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1462/projeto_de_lei_numero_34_de_2017.pdf</t>
   </si>
   <si>
     <t>Institui, no Município de Guanhães, o Programa "Doadores do Futuro" em todas as Escolas da Rede Pública Municipal de Ensino</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1463/projeto_de_lei_numero_35_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1463/projeto_de_lei_numero_35_de_2017.pdf</t>
   </si>
   <si>
     <t>Rua dos Mutucas</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1464/projeto_de_lei_numero_36_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1464/projeto_de_lei_numero_36_de_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de execução semanal do Hino Nacional em escolas públicas e privadas do Município de Guanhães</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/2237/projeto_de_lei_numero_37_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/2237/projeto_de_lei_numero_37_de_2017.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proibição de queimadas no Município de Guanhães".</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1465/projeto_de_lei_complementar_numero_38_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1465/projeto_de_lei_complementar_numero_38_de_2017.pdf</t>
   </si>
   <si>
     <t>Acrescenta-se dispositivo à Lei Complementar n° 2.592 de 31 de dezembro de 2013</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1466/projeto_de_lei_numero_40_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1466/projeto_de_lei_numero_40_de_2017.pdf</t>
   </si>
   <si>
     <t>Cria Cargos e Altera a Estrutura Administrativa/Orgânica Municipal estabelecida pela Lei Complementar n.° 2.236/07e dá outras providências</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1467/projeto_de_lei_numero_42_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1467/projeto_de_lei_numero_42_de_2017.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Especial de Regularização Tributária — PERT, no âmbito do Município de Guanhães/MG e dá outras providências.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1468/projeto_de_lei_numero_43_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1468/projeto_de_lei_numero_43_de_2017.pdf</t>
   </si>
   <si>
     <t>Cria obrigações acessórias e explicita outras para os serviços de administração de cartões de crédito e débito e demais do item 15.01, "Ieasing" e dá outras providências</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1469/projeto_de_lei_numero_44_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1469/projeto_de_lei_numero_44_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar n° 2.219 de 29 de dezembro de 2006 - CÓDIGO TRIBUTÁRIO MUNICIPAL e dá outras providências.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1472/projeto_de_lei_numero_45_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1472/projeto_de_lei_numero_45_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera as disposições da Lei número 2695 de 27 de abril de 2015 que "Autoriza a abertura e instalação do loteamento denominado Acrópole e estabelece suas condições e dá outras providências</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1474/projeto_de_lei_complementar_numero_49_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1474/projeto_de_lei_complementar_numero_49_de_2017.pdf</t>
   </si>
   <si>
     <t>Cria Cargos e Altera a Estrutura Administrativa / Orgânica Municipal estabelecida pela Lei Complementar n.° 2.236/07e dá outras providências</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1475/projeto_de_lei_numero_50_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1475/projeto_de_lei_numero_50_de_2017.pdf</t>
   </si>
   <si>
     <t>Da denominação a vias públicas do loteamento Buritis</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1476/projeto_de_lei_numero_51_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1476/projeto_de_lei_numero_51_de_2017.pdf</t>
   </si>
   <si>
     <t>Da denominação a vias públicas do loteamento Jardim América</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1478/projeto_de_lei_numero_52_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1478/projeto_de_lei_numero_52_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no orçamento vigente da Câmara Municipal de Guanhães, destinado a criação de dotação orçamentária para_x000D_
 empenhamento de despesas com Contribuições a associação de Câmaras Municipais, e da outras Providências.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1479/projeto_de_lei_numero_53_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1479/projeto_de_lei_numero_53_de_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Política Pública de Coleta Seletiva com Inclusão Social dos Catadores de Materiais Recicláveis - PRÓ- CATADOR - e o sistema de logística reversa e dá outras providências</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1480/projeto_de_lei_numero_54_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1480/projeto_de_lei_numero_54_de_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre combate ao desperdício e utilização de água tratada e de poços artesianos para construção civil, limpeza de calçadas, passeios residenciais e comerciais, lavagem de veículos na zona urbana e rural, em todo o Município de Guanhães e dá outras providências</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1481/projeto_de_lei_numero_56_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1481/projeto_de_lei_numero_56_de_2017.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação dos Taxistas de Guanhães</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1482/projeto_de_lei_numero_57_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1482/projeto_de_lei_numero_57_de_2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Guanhães ao Senhor Manoel Xavier Pinto Neto</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1483/projeto_de_lei_numero_58_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1483/projeto_de_lei_numero_58_de_2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Guanhães à Senhora Maria do Carmo Miranda Silva</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1484/redacao_final_pl_59_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1484/redacao_final_pl_59_de_2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Guanhães ao Senhor Dermeval de Pinho Tavares Neto</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1485/projeto_de_lei_numero_60_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1485/projeto_de_lei_numero_60_de_2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Guanhães ao Senhor José Donizete de Amorim</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1486/projeto_de_lei_numero_61_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1486/projeto_de_lei_numero_61_de_2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Guanhães ao Senhor Gabriel Generoso Peixoto de Melo</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1487/projeto_de_lei_numero_62_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1487/projeto_de_lei_numero_62_de_2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Guanhães à Senhora Rosália do Rosário Araújo Miranda</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1488/projeto_de_lei_numero_63_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1488/projeto_de_lei_numero_63_de_2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Guanhães ao Senhor Maurício Araújo Caldeira</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1489/projeto_de_lei_numero_64_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1489/projeto_de_lei_numero_64_de_2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Guanhães ao Senhor Cláudio Coelho da Silva</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1490/projeto_de_lei_numero_65_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1490/projeto_de_lei_numero_65_de_2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Guanhães ao Senhor André Souza Magno Damasceno</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1491/projeto_de_lei_numero_66_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1491/projeto_de_lei_numero_66_de_2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Guanhães à Senhora Lívia Rocha Ferreira</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1492/projeto_de_lei_numero_66_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1492/projeto_de_lei_numero_66_de_2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Guanhães à Senhora Denise Jorge Ferreira Cardoso</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1493/projeto_de_lei_numero_68_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1493/projeto_de_lei_numero_68_de_2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Guanhães à Senhora Odiléia Ferreira de Souza Queiroz</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1494/projeto_de_lei_numero_69_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1494/projeto_de_lei_numero_69_de_2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Guanhães à Senhora Darli Francisca Barroso Pereira</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1495/projeto_de_lei_numero_70_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1495/projeto_de_lei_numero_70_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n° 2.755, de 31 de janeiro de 2017, na qual, estima a receita e fixa a despesa do Município de Guanhães para o exercício fiscal de 2017 e dá outras providências:</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1497/projeto_de_lei_numero_71_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1497/projeto_de_lei_numero_71_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Contratar operação de crédito junto ao Banco do Brasil S. A. e dá outras providências</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1498/projeto_de_lei_numero_72_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1498/projeto_de_lei_numero_72_de_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de bens patrimoniais móveis do município de Guanhães ao Serviço Autónomo de Água e Esgoto (SAAE) de Guanhães, atendendo_x000D_
 mandamentos da Secretaria do Tesouro Nacional (STN), e dá outras providências</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1499/projeto_de_lei_numero_73_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1499/projeto_de_lei_numero_73_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permutar imóvel de propriedade do Município de Guanhães e realizar doação, fundamentada no interesse público, ao Estado de Minas Gerais, para uso do Tribunal de Justiça do Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1500/projeto_de_resolucao_001_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1500/projeto_de_resolucao_001_de_2017.pdf</t>
   </si>
   <si>
     <t>Anula o processo de votação que rejeitou o projeto de lei número 26/2016, realizado durante a 20ª Reunião Ordinária, e dá outras providências</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1501/projeto_de_resolucao_002_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1501/projeto_de_resolucao_002_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza afiliação desta Câmara Municipal na Associação das Câmaras Municipais e Vereadores - ACAM e dá outras providências.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1505/projeto_de_resolucao_numero_003_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1505/projeto_de_resolucao_numero_003_de_2017.pdf</t>
   </si>
   <si>
     <t>Institui o programa "Câmara Itinerante" no Município de Guanhães.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1506/parecer_juridico_projeto_de_resolucao_004_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1506/parecer_juridico_projeto_de_resolucao_004_de_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a função de Controlador Interno da Câmara Municipal de Guanhães e dá outras providências</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/952/scan2020-10-08_093954.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/952/scan2020-10-08_093954.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado do senhor Prefeito o envio a esta Casa, do plano de ação deste Município com relação ao transporte para os alunos universitários.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1403/veto_pl_007_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1403/veto_pl_007_de_2017.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei número 007 de 2017.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>EMD1</t>
   </si>
   <si>
     <t>Emenda número 001 ao projeto de lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1392/emenda_001_pl_01_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1392/emenda_001_pl_01_de_2017.pdf</t>
   </si>
   <si>
     <t>Acrescente-se o parágrafo único ao artigo 2° do projeto de lei acima evidenciado, o qual terá a seguinte redação:</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>Dorinha da Farmácia, Bruno Pires de Souza (Bruninho Sapucaia), Carlos Aparecido da Silva ( Carlinhos Camelô), Daniel Barroso, Geraldo Ferreira ( Geraldo Anésio), Laércio Alves de Lima, Lucimar Ferreira Pinto, Maria Anídia de Paula, Mauro Caneco, Nelci Pereira Chaves, Osmar Gomes Fidelis</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1395/emenda_001_pl_002_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1395/emenda_001_pl_002_de_2017.pdf</t>
   </si>
   <si>
     <t>Acrescenta o art. 77 ao Projeto de Lei n° 002/2017, de 06 de fevereiro de 2017</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>Dorinha da Farmácia, Bruno Pires de Souza (Bruninho Sapucaia), Daniel Barroso, Geraldo Ferreira ( Geraldo Anésio), Laércio Alves de Lima, Lucimar Ferreira Pinto, Maria Anídia de Paula, Mauro Caneco, Nelci Pereira Chaves, Nivaldo dos Santos, Osmar Gomes Fidelis</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1399/emenda_numero_001_pl_004_de_20171.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1399/emenda_numero_001_pl_004_de_20171.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Parágrafo Único ao art. 2°, do Projeto de Lei n°004/2017, de 03 de março de 2017</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1405/emenda_numero_001_pl_008_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1405/emenda_numero_001_pl_008_de_2017.pdf</t>
   </si>
   <si>
     <t>Acrescenta a Estratégia 9, à Meta 4, do Projeto de Lei n° 008/2017, de 29 de março de 2017</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1419/emenda_numero_001_pl_009_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1419/emenda_numero_001_pl_009_de_2017.pdf</t>
   </si>
   <si>
     <t>Emenda substitutiva ao Projeto de Lei número 009 de 2017</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1421/emenda_numero_001_pl_10_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1421/emenda_numero_001_pl_10_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação da ementa do Projeto de Lei n° 010/17, de 03 de abril de 2017.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1426/emenda_numero_01_pl_12_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1426/emenda_numero_01_pl_12_de_2017.pdf</t>
   </si>
   <si>
     <t>Fica suprimido os artigos 2°, 3° e 40 do Projeto de Lei 12 de 2017</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>Dorinha da Farmácia, Maria Anídia de Paula</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1429/emenda_numero_001_pl_13_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1429/emenda_numero_001_pl_13_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3°, do Projeto de Lei n° 013/2017, de 10 de maio de 2017</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>Nelci Pereira Chaves, Dorinha da Farmácia, Lucimar Ferreira Pinto, Maria Anídia de Paula</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1431/emenda_numero_001_pl_14_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1431/emenda_numero_001_pl_14_de_2017.pdf</t>
   </si>
   <si>
     <t>Suprime os artigos 1º, 2º, 4º, 7º e 8º do Projeto de lei ordinária número 14 de 2017</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1436/emenda_numero_001_pl_17_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1436/emenda_numero_001_pl_17_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 90 do Projeto de Lei n° 017/2017, de 05 de junho de 2017.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1439/emenda_numero_001_pl_21_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1439/emenda_numero_001_pl_21_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 50, do Projeto de Lei n° 021/2017, de 06 de junho de 2017</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>Dorinha da Farmácia, Maria Anídia de Paula, Nelci Pereira Chaves, Nivaldo dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1446/emenda_numero_001_pl_23_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1446/emenda_numero_001_pl_23_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 3°, do Projeto de Lei n° 023, de 14 de junho de 2017</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>Evandro Lott Moreira, Nivaldo dos Santos, Osmar Gomes Fidelis</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1448/emenda_001_pl_24_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1448/emenda_001_pl_24_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 1°, do Projeto de Lei n° 024/2017</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1454/emenda_numero_001_pl_29_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1454/emenda_numero_001_pl_29_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação da ementa do Projeto de Lei n° 029/17, de 18 de agosto de 2017</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1461/emenda_numero__001_pl_33_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1461/emenda_numero__001_pl_33_de_2017.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Art. 7°, ao Projeto de Lei n° 033/17, de 01 de setembro de 2017</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1470/emenda_numero_001_pl_44_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1470/emenda_numero_001_pl_44_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 6°, do Projeto de Lei n° 044/2017, de 25 de setembro de 2017</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1473/emenda_001_pl_45_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1473/emenda_001_pl_45_de_2017.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Art. 4°, ao Projeto de Lei n° 045/2017, de 28 de setembro de 2017</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1477/emenda_001_pl_51_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1477/emenda_001_pl_51_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 40, do Projeto de Lei n° 051/2017, de 10 de outubro de 2017</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1496/emenda_numero_001_pl_70_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1496/emenda_numero_001_pl_70_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 3°, do Projeto de Lei n° 070/2017, de 21 de novembro de 2017</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>EMD2</t>
   </si>
   <si>
     <t>Emenda número 002 ao projeto de lei</t>
   </si>
   <si>
     <t>Nelci Pereira Chaves, Bruno Pires de Souza (Bruninho Sapucaia), Carlos Aparecido da Silva ( Carlinhos Camelô), Dorinha da Farmácia, Geraldo Ferreira ( Geraldo Anésio), Lucimar Ferreira Pinto, Maria Anídia de Paula, Mauro Caneco, Nivaldo dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1393/emenda_002_pl_001_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1393/emenda_002_pl_001_de_2017.pdf</t>
   </si>
   <si>
     <t>Acrescenta os parágrafos 1º e 2º e altera a redação do artigo 2º do projeto de lei número 001 de 2017</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1396/emenda_numero_002_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1396/emenda_numero_002_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I, do parágrafo 1º do art. 34, suprime o §2º do art. 34 e altera a redação do art. 39 do projeto de lei número 002 de 2017</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1400/emenda_numero_001_pl_004_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1400/emenda_numero_001_pl_004_de_2017.pdf</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>Dorinha da Farmácia, Daniel Barroso</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1406/emenda_numero_002_pl_008_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1406/emenda_numero_002_pl_008_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do item 5.1, da Estratégia 5, da Meta 5, do Projeto de Lei n° 008/2017, de 29 de março de 2017.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1422/emenda_numero_002_pl_10_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1422/emenda_numero_002_pl_10_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 8° do Projeto de Lei n° 010/17, de 03 de abril de 2017</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1427/emenda_numero_02_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1427/emenda_numero_02_de_2017.pdf</t>
   </si>
   <si>
     <t>Acrescenta o artigo 6º ao projeto de lei número 12 de 2017</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1432/emenda_numero_002_pl_14_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1432/emenda_numero_002_pl_14_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3°, do Projeto de Lei n° 014/2017, de 27 de abril de 2017.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>Dorinha da Farmácia, Lucimar Ferreira Pinto, Maria Anídia de Paula</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1440/emenda_numero_002_pl_21_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1440/emenda_numero_002_pl_21_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 8°, do Projeto de Lei n° 021/2017, de 06 de junho de 2017</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1455/emenda_numero_002_pl_29_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1455/emenda_numero_002_pl_29_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 1°, do Projeto de Lei n° 029/17, de 18 de agosto de 2017</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1471/emenda_numero_002_pl_44_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1471/emenda_numero_002_pl_44_de_2017.pdf</t>
   </si>
   <si>
     <t>Suprime alíneas do artigo 1º do Projeto de Lei número 44 de 2017</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>EMD3</t>
   </si>
   <si>
     <t>Emenda número 003 ao projeto de lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1407/emenda_numero_003_pl_008_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1407/emenda_numero_003_pl_008_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do titulo da Estratégia 15, da Meta 7, do Projeto de Lei n° 008/2017, de 29 de março de 2017.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>Dorinha da Farmácia, Lucimar Ferreira Pinto, Maria Anídia de Paula, Nelci Pereira Chaves</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1423/emenda_numero_003_pl_10_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1423/emenda_numero_003_pl_10_de_2017.pdf</t>
   </si>
   <si>
     <t>Acrescenta o inciso IV ao art. 2°, do Projeto de Lei n° 010/2017</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1441/emenda_numero_003_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1441/emenda_numero_003_de_2017.pdf</t>
   </si>
   <si>
     <t>Suprima-se o parágrafo único, do art. 80, do Projeto de Lei n° 021/2017</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1456/emenda_003_pl_29_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1456/emenda_003_pl_29_de_2017.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Art. 5°, ao Projeto de Lei n° 029/17, de 18 de agosto de 2017</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>EMD4</t>
   </si>
   <si>
     <t>Emenda número 004 ao projeto de lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1408/emenda_numero_004_pl_008_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1408/emenda_numero_004_pl_008_de_2017.pdf</t>
   </si>
   <si>
     <t>Suprima-se o item 15.3, da Estratégia 15, da Meta 7, do Projeto de Lei n° 008/2017</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1442/emenda_numero_004_pl_21_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1442/emenda_numero_004_pl_21_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo único, do art. 8°, do Projeto de Lei n° 021/2017</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>EMD5</t>
   </si>
   <si>
     <t>Emenda número 005 ao projeto de lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1409/emenda_numero_005_pl_008_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1409/emenda_numero_005_pl_008_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do item 2.1, da Estratégia 2, da Meta 8, do Projeto de Lei n° 008/2017, de 29 de março de 2017</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>Dorinha da Farmácia, Bruno Pires de Souza (Bruninho Sapucaia), Carlos Aparecido da Silva ( Carlinhos Camelô), Geraldo Ferreira ( Geraldo Anésio), Lucimar Ferreira Pinto, Mauro Caneco</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1443/emenda_numero_005_pl_21_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1443/emenda_numero_005_pl_21_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 13, do Projeto de Lei n° 021/2017, de 06 de junho de 2017</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>EMD6</t>
   </si>
   <si>
     <t>Emenda número 006 ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1410/emenda_numero_006_pl_008_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1410/emenda_numero_006_pl_008_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do titulo da Estratégia 4, da Meta 8, do Projeto de Lei n° 008/2017, de 29 de março de 2017</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>EMD7</t>
   </si>
   <si>
     <t>Emenda número 007 ao projeto de lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1411/emenda_numero_007_pl_008_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1411/emenda_numero_007_pl_008_de_2017.pdf</t>
   </si>
   <si>
     <t>Suprima-se a Estratégia 7, da Meta 8, do Projeto de Lei n° 008/2017, de 29 de março de 2017</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>EMD8</t>
   </si>
   <si>
     <t>Emenda número 008  ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1412/emenda_numero_008_pl_008_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1412/emenda_numero_008_pl_008_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do titulo da Meta 9, do Projeto de Lei n° 008/2017, de 29 de março de 2017</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>EMD9</t>
   </si>
   <si>
     <t>Emenda número 009 ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1413/emenda_numero_009_pl_08_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1413/emenda_numero_009_pl_08_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do item 4.1, da Estratégia 4, da Meta 11, do Projeto de Lei n° 008/2017</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>EMD10</t>
   </si>
   <si>
     <t>Emenda número 010 ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1414/emenda_numero_10_pl_008_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1414/emenda_numero_10_pl_008_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do item 4.1, da Estratégia 4, da Meta 12, do Projeto de Lei n° 008/2017</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>EMD11</t>
   </si>
   <si>
     <t>Emenda número 011 ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1415/emenda_numero_11_pl_008_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1415/emenda_numero_11_pl_008_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do item 2.1, da Estratégia 2, da Meta 13, do Projeto de Lei n° 008/2017</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>EMD12</t>
   </si>
   <si>
     <t>Emenda número 012 ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1416/emenda_numero_012_pl_008_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1416/emenda_numero_012_pl_008_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do item 1.1, da Estratégia 1, da Meta 18, do Projeto de Lei n° 008/2017</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Subemenda</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1417/subemenda_numero_01_emenda_003_pl_008_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1417/subemenda_numero_01_emenda_003_pl_008_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Estratégia 15, da Meta 7, proposto pela Emenda n° 003 ao Projeto de Lei n° 008/14, de 19 de março de 2017</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>EPR1</t>
   </si>
   <si>
     <t>Emenda número 001 ao Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1502/emenda_001_projeto_de_resolucao_002_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1502/emenda_001_projeto_de_resolucao_002_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo único, do Art. 1°, do Projeto de Resolução n° 002/2017</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>Nelci Pereira Chaves, Carlos Aparecido da Silva ( Carlinhos Camelô), Dorinha da Farmácia, Geraldo Ferreira ( Geraldo Anésio), Lucimar Ferreira Pinto, Maria Anídia de Paula, Nivaldo dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1507/emenda_numero_001_projeto_de_resolucao_004_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1507/emenda_numero_001_projeto_de_resolucao_004_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 2°, do Projeto de Resolução n° 004, de 01 de dezembro de 2017</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>EPR2</t>
   </si>
   <si>
     <t>Emenda número 002 ao Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1503/emenda_002_projeto_de_resolucao_002_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1503/emenda_002_projeto_de_resolucao_002_de_2017.pdf</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>Dorinha da Farmácia, Bruno Pires de Souza (Bruninho Sapucaia), Evandro Lott Moreira, Lucimar Ferreira Pinto, Maria Anídia de Paula, Nelci Pereira Chaves, Osmar Gomes Fidelis</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1508/emenda_numero_002_projeto_de_resolucao_004_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1508/emenda_numero_002_projeto_de_resolucao_004_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput do Art. 30, do Projeto de Resolução n° 004, de 01 de dezembro de 2017</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>EPR3</t>
   </si>
   <si>
     <t>Emenda número 003 ao Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1504/projeto_de_resolucao_002_de_2017.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1504/projeto_de_resolucao_002_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 2°, do Projeto de Resolução n° 002, de 14 de julho de 2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3967,67 +3967,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/780/indicacao_01-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/781/indicacao_02-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/782/indicacao_03-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/783/indicacao_04-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/784/indicacao_05-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/785/indicacao_06-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/786/indicacao_07-2017_laercio_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/787/indicacao_08-2017_laercio_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/788/indicacao_09-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/789/indicacao_10-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/792/indicacao_13-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/793/indicacao_14-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/795/indicacao_16-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/796/indicacao_17-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/797/indicacao_18-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/798/indicacao_19-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/799/indicacao_20-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/800/indicacao_21-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/801/indicacao_22-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/802/indicacao_23-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/804/indicacao_25-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/805/indicacao_26-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/806/indicacao_27-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/807/indicacao_28-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/808/indicacao_29-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/809/indicacao_30-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/810/indicacao_31-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/811/indicacao_32-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/812/indicacao_33-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/813/indicacao_34-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/814/indicacao_35-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/815/indicacao_36-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/816/indicacao_37-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/817/indicacao_38-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/818/indicacao_39-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/819/indicacao_40-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/820/indicacao_41-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/821/indicacao_42-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/822/indicacao_43-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/823/indicacao_44-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/824/indicacao_45-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/825/indicacao_46-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/826/indicacao_47-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/827/indicacao_48-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/828/indicacao_49-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/829/indicacao_50-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/830/indicacao_51-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/831/indicacao_52-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/832/indicacao_53-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/833/indicacao_54-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/834/indicacao_55-2017_maria_anidia_de_paula.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/835/indicacao_56-2017_maria_anida_de_paula.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/836/indicacao_57-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/837/indicacao_58-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/838/indicacao_59-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/839/indicacao_60-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/840/indicacao_61-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/841/indicacao_62-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/842/indicacao_63-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/843/indicacao_64-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/844/indicacao_65-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/845/indicacao_66-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/846/indicacao_67-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/847/indicacao_68-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/848/indicacao_69-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/849/indicacao_70-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/850/indicacao_71-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/851/indicacao_72-2017_maria_anidia_de_paula.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/852/indicacao_73-2017_laercio_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/853/indicacao_74-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/854/indicacao_75-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/855/indicacao_76-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/856/indicacao_77-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/857/indicacao_78-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/858/indicacao_79-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/859/indicacao_80-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/860/indicacao_81-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/861/indicacao_82-2017_laercio_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/862/indicacao_83-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/863/indicacao_84-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/864/indicacao_85-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/865/indicacao_86-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/866/indicacao_87-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/867/indicacao_88-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/868/indicacao_89-2017_evandro_lott_moreira.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/869/indicacao_90-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/870/indicacao_91-2017_evandro_lott_moreira.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/871/indicacao_92-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/872/indicacao_93-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/873/indicacao_94-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/874/indicacao_95-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/875/indicacao_96-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/876/indicacao_97-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/877/indicacao_98-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/878/indicacao_99-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/879/indicacao_100-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/880/indicacao_101-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/881/indicacao_102-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/882/indicacao_103-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/883/indicacao_104-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/884/indicacao_105-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/885/indicacao_106-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/886/indicacao_107-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/887/indicacao_108-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/888/indicacao_109-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/889/indicacao_110-2017_laercio_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/890/indicacao_111-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/891/indicacao_112-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/892/indicacao_113-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/893/indicacao_114-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/894/indicacao_115-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/895/indicacao_116-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/896/indicacao_117-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/897/indicacao_118-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/898/indicacao_119-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/899/indicacao_120-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/900/indicacao_121-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/901/indicacao_122-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/902/indicacao_123-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/903/indicacao_124-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/904/indicacao_125-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/905/indicacao_126-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/906/indicacao_127-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/907/indicacao_128-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/908/indicacao_129-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/909/indicacao_130-2017_lucimar_ferreira_pinto.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/910/indicacao_131-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/911/indicacao_132-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/912/indicacao_133-2017_evandro_lott_moreira.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/913/indicacao_134-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/914/indicacao_135-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/915/indicacao_136-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/916/indicacao_137-2017_lucimar_ferreira_pinto.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/917/indicacao_138-2017_lucimar_ferreira_pinto.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/918/indicacao_139-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/919/indicacao_140-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/920/indicacao_141-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/921/indicacao_142-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/922/indicacao_143-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/923/indicacao_144-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/924/indicacao_145-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/925/indicacao_146-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/926/indicacao_147-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/927/indicacao_148-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/928/indicacao_149-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/929/indicacao_150-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/930/indicacao_151-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/931/indicacao_152-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/932/indicacao_153-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/933/indicacao_154-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/934/indicacao_155-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/935/indicacao_156-2017_evandro_lott_moreira.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/936/indicacao_157-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/937/indicacao_158-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/938/indicacao_159-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/939/indicacao_160-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/940/indicacao_161-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/941/indicacao_162-2017__nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/942/indicacao_163-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/943/indicacao_164-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/944/scan2020-10-08_092922.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/945/scan2020-10-08_093122.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/946/scan2020-10-08_093412.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/947/scan2020-10-08_093523.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/948/scan2020-10-08_093549.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/949/scan2020-10-08_093733.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/950/scan2020-10-08_093833.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/951/scan2020-10-08_093854.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/953/scan2020-10-08_094038.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/790/indicacao_11_-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/791/indicacao_12-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/954/scan2020-10-08_094913.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/794/indicacao_15-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/955/scan2020-10-08_095028.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/956/scan2020-10-08_095310.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/957/scan2020-10-08_095351.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/958/scan2020-10-08_1000491.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/959/scan2020-10-08_102830.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/960/scan2020-10-08_102944.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/961/scan2020-10-08_103053.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/803/indicacao_24-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/962/scan2020-10-08_103234.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/963/scan2020-10-08_103400.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/964/scan2020-10-08_103425.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/965/scan2020-10-08_103510.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/966/scan2020-10-08_103559.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/967/scan2020-10-08_103704.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/968/scan2020-10-08_103808.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/969/scan2020-10-08_103847.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/970/scan2020-10-08_103912.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/971/scan2020-10-08_103954.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/972/scan2020-10-08_104136.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/973/scan2020-10-08_104209.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/974/scan2020-10-08_104438.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/975/scan2020-10-08_104539.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1391/projeto_de_lei_numero_001_de_2017.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1394/projeto_de_lei_numero_002_de_2017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1397/projeto_de_lei_numero_003_de_2017.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1398/projeto_de_lei_numero_004_de_2017.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1401/projeto_de_lei_numero_005_de_2017.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1390/projeto_de_lei_complementar_numero_06_de_2017.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1402/projeto_de_lei_numero_007_de_2017.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1404/projeto_de_lei_numero_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1418/projeto_de_lei_numero_009_de_2017.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1420/projeto_de_lei_numero_10_de_2017.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1424/projeto_de_lei_numero_11_de_2017.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1425/projeto_de_lei_numero_12_de_2017.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1428/projeto_de_lei_numero_13_de_2017.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1430/projeto_de_lei_numero_14_de_2017.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1433/projeto_de_lei_numero_15_de_2017.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1434/projeto_de_lei_numero_16_de_2017.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1435/projeto_de_lei_numero_17_de_2017.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/2235/projeto_de_lei_complemtar_numero_18_de_2017.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1437/projeto_de_lei_numero_19_de_2017.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1438/projeto_de_lei_numero21_de_2017.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1444/projeto_de_lei_numero_22_de_2017.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1445/projeto_de_lei_numero_23_de_2017.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1447/projeto_de_lei_numero_24_de_2017.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1449/projeto_de_lei_numero_25_de_2017.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1450/projeto_de_lei_numero_26_de_2017.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1451/projeto_de_lei_numero_27_de_2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1452/projeto_de_lei_numero_28_de_2017.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1453/projeto_de_lei_numero_29_de_2017.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1457/projeto_de_lei_numero_30_de_2017.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1458/projeto_de_lei_numero_31_de_2017.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1459/projeto_de_lei_numero_32_de_2017.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1460/projeto_de_lei_numero33_de_2017.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1462/projeto_de_lei_numero_34_de_2017.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1463/projeto_de_lei_numero_35_de_2017.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1464/projeto_de_lei_numero_36_de_2017.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/2237/projeto_de_lei_numero_37_de_2017.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1465/projeto_de_lei_complementar_numero_38_de_2017.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1466/projeto_de_lei_numero_40_de_2017.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1467/projeto_de_lei_numero_42_de_2017.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1468/projeto_de_lei_numero_43_de_2017.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1469/projeto_de_lei_numero_44_de_2017.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1472/projeto_de_lei_numero_45_de_2017.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1474/projeto_de_lei_complementar_numero_49_de_2017.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1475/projeto_de_lei_numero_50_de_2017.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1476/projeto_de_lei_numero_51_de_2017.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1478/projeto_de_lei_numero_52_de_2017.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1479/projeto_de_lei_numero_53_de_2017.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1480/projeto_de_lei_numero_54_de_2017.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1481/projeto_de_lei_numero_56_de_2017.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1482/projeto_de_lei_numero_57_de_2017.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1483/projeto_de_lei_numero_58_de_2017.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1484/redacao_final_pl_59_de_2017.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1485/projeto_de_lei_numero_60_de_2017.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1486/projeto_de_lei_numero_61_de_2017.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1487/projeto_de_lei_numero_62_de_2017.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1488/projeto_de_lei_numero_63_de_2017.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1489/projeto_de_lei_numero_64_de_2017.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1490/projeto_de_lei_numero_65_de_2017.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1491/projeto_de_lei_numero_66_de_2017.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1492/projeto_de_lei_numero_66_de_2017.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1493/projeto_de_lei_numero_68_de_2017.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1494/projeto_de_lei_numero_69_de_2017.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1495/projeto_de_lei_numero_70_de_2017.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1497/projeto_de_lei_numero_71_de_2017.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1498/projeto_de_lei_numero_72_de_2017.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1499/projeto_de_lei_numero_73_de_2017.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1500/projeto_de_resolucao_001_de_2017.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1501/projeto_de_resolucao_002_de_2017.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1505/projeto_de_resolucao_numero_003_de_2017.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1506/parecer_juridico_projeto_de_resolucao_004_de_2017.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/952/scan2020-10-08_093954.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1403/veto_pl_007_de_2017.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1392/emenda_001_pl_01_de_2017.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1395/emenda_001_pl_002_de_2017.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1399/emenda_numero_001_pl_004_de_20171.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1405/emenda_numero_001_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1419/emenda_numero_001_pl_009_de_2017.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1421/emenda_numero_001_pl_10_de_2017.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1426/emenda_numero_01_pl_12_de_2017.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1429/emenda_numero_001_pl_13_de_2017.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1431/emenda_numero_001_pl_14_de_2017.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1436/emenda_numero_001_pl_17_de_2017.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1439/emenda_numero_001_pl_21_de_2017.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1446/emenda_numero_001_pl_23_de_2017.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1448/emenda_001_pl_24_de_2017.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1454/emenda_numero_001_pl_29_de_2017.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1461/emenda_numero__001_pl_33_de_2017.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1470/emenda_numero_001_pl_44_de_2017.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1473/emenda_001_pl_45_de_2017.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1477/emenda_001_pl_51_de_2017.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1496/emenda_numero_001_pl_70_de_2017.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1393/emenda_002_pl_001_de_2017.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1396/emenda_numero_002_de_2017.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1400/emenda_numero_001_pl_004_de_2017.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1406/emenda_numero_002_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1422/emenda_numero_002_pl_10_de_2017.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1427/emenda_numero_02_de_2017.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1432/emenda_numero_002_pl_14_de_2017.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1440/emenda_numero_002_pl_21_de_2017.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1455/emenda_numero_002_pl_29_de_2017.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1471/emenda_numero_002_pl_44_de_2017.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1407/emenda_numero_003_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1423/emenda_numero_003_pl_10_de_2017.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1441/emenda_numero_003_de_2017.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1456/emenda_003_pl_29_de_2017.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1408/emenda_numero_004_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1442/emenda_numero_004_pl_21_de_2017.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1409/emenda_numero_005_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1443/emenda_numero_005_pl_21_de_2017.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1410/emenda_numero_006_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1411/emenda_numero_007_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1412/emenda_numero_008_pl_008_2017.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1413/emenda_numero_009_pl_08_de_2017.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1414/emenda_numero_10_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1415/emenda_numero_11_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1416/emenda_numero_012_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1417/subemenda_numero_01_emenda_003_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1502/emenda_001_projeto_de_resolucao_002_de_2017.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1507/emenda_numero_001_projeto_de_resolucao_004_de_2017.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1503/emenda_002_projeto_de_resolucao_002_de_2017.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1508/emenda_numero_002_projeto_de_resolucao_004_de_2017.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1504/projeto_de_resolucao_002_de_2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/780/indicacao_01-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/781/indicacao_02-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/782/indicacao_03-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/783/indicacao_04-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/784/indicacao_05-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/785/indicacao_06-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/786/indicacao_07-2017_laercio_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/787/indicacao_08-2017_laercio_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/788/indicacao_09-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/789/indicacao_10-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/792/indicacao_13-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/793/indicacao_14-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/795/indicacao_16-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/796/indicacao_17-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/797/indicacao_18-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/798/indicacao_19-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/799/indicacao_20-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/800/indicacao_21-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/801/indicacao_22-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/802/indicacao_23-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/804/indicacao_25-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/805/indicacao_26-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/806/indicacao_27-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/807/indicacao_28-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/808/indicacao_29-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/809/indicacao_30-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/810/indicacao_31-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/811/indicacao_32-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/812/indicacao_33-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/813/indicacao_34-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/814/indicacao_35-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/815/indicacao_36-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/816/indicacao_37-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/817/indicacao_38-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/818/indicacao_39-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/819/indicacao_40-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/820/indicacao_41-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/821/indicacao_42-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/822/indicacao_43-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/823/indicacao_44-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/824/indicacao_45-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/825/indicacao_46-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/826/indicacao_47-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/827/indicacao_48-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/828/indicacao_49-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/829/indicacao_50-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/830/indicacao_51-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/831/indicacao_52-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/832/indicacao_53-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/833/indicacao_54-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/834/indicacao_55-2017_maria_anidia_de_paula.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/835/indicacao_56-2017_maria_anida_de_paula.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/836/indicacao_57-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/837/indicacao_58-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/838/indicacao_59-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/839/indicacao_60-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/840/indicacao_61-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/841/indicacao_62-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/842/indicacao_63-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/843/indicacao_64-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/844/indicacao_65-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/845/indicacao_66-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/846/indicacao_67-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/847/indicacao_68-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/848/indicacao_69-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/849/indicacao_70-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/850/indicacao_71-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/851/indicacao_72-2017_maria_anidia_de_paula.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/852/indicacao_73-2017_laercio_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/853/indicacao_74-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/854/indicacao_75-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/855/indicacao_76-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/856/indicacao_77-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/857/indicacao_78-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/858/indicacao_79-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/859/indicacao_80-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/860/indicacao_81-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/861/indicacao_82-2017_laercio_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/862/indicacao_83-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/863/indicacao_84-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/864/indicacao_85-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/865/indicacao_86-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/866/indicacao_87-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/867/indicacao_88-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/868/indicacao_89-2017_evandro_lott_moreira.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/869/indicacao_90-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/870/indicacao_91-2017_evandro_lott_moreira.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/871/indicacao_92-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/872/indicacao_93-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/873/indicacao_94-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/874/indicacao_95-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/875/indicacao_96-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/876/indicacao_97-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/877/indicacao_98-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/878/indicacao_99-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/879/indicacao_100-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/880/indicacao_101-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/881/indicacao_102-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/882/indicacao_103-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/883/indicacao_104-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/884/indicacao_105-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/885/indicacao_106-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/886/indicacao_107-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/887/indicacao_108-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/888/indicacao_109-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/889/indicacao_110-2017_laercio_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/890/indicacao_111-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/891/indicacao_112-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/892/indicacao_113-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/893/indicacao_114-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/894/indicacao_115-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/895/indicacao_116-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/896/indicacao_117-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/897/indicacao_118-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/898/indicacao_119-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/899/indicacao_120-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/900/indicacao_121-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/901/indicacao_122-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/902/indicacao_123-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/903/indicacao_124-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/904/indicacao_125-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/905/indicacao_126-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/906/indicacao_127-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/907/indicacao_128-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/908/indicacao_129-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/909/indicacao_130-2017_lucimar_ferreira_pinto.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/910/indicacao_131-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/911/indicacao_132-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/912/indicacao_133-2017_evandro_lott_moreira.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/913/indicacao_134-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/914/indicacao_135-2017_carlos_aparecido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/915/indicacao_136-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/916/indicacao_137-2017_lucimar_ferreira_pinto.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/917/indicacao_138-2017_lucimar_ferreira_pinto.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/918/indicacao_139-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/919/indicacao_140-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/920/indicacao_141-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/921/indicacao_142-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/922/indicacao_143-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/923/indicacao_144-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/924/indicacao_145-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/925/indicacao_146-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/926/indicacao_147-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/927/indicacao_148-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/928/indicacao_149-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/929/indicacao_150-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/930/indicacao_151-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/931/indicacao_152-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/932/indicacao_153-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/933/indicacao_154-2017_mauro_da_conceicao_neves.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/934/indicacao_155-2017_bruno_pires_de_souza.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/935/indicacao_156-2017_evandro_lott_moreira.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/936/indicacao_157-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/937/indicacao_158-2017_doris_campos_coelho.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/938/indicacao_159-2017_geraldo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/939/indicacao_160-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/940/indicacao_161-2017_daniel_barroso.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/941/indicacao_162-2017__nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/942/indicacao_163-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/943/indicacao_164-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/944/scan2020-10-08_092922.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/945/scan2020-10-08_093122.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/946/scan2020-10-08_093412.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/947/scan2020-10-08_093523.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/948/scan2020-10-08_093549.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/949/scan2020-10-08_093733.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/950/scan2020-10-08_093833.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/951/scan2020-10-08_093854.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/953/scan2020-10-08_094038.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/790/indicacao_11_-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/791/indicacao_12-2017_nivaldo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/954/scan2020-10-08_094913.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/794/indicacao_15-2017_nelci_pereira_chaves.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/955/scan2020-10-08_095028.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/956/scan2020-10-08_095310.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/957/scan2020-10-08_095351.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/958/scan2020-10-08_1000491.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/959/scan2020-10-08_102830.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/960/scan2020-10-08_102944.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/961/scan2020-10-08_103053.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/803/indicacao_24-2017_osmar_gomes_fidelis.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/962/scan2020-10-08_103234.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/963/scan2020-10-08_103400.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/964/scan2020-10-08_103425.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/965/scan2020-10-08_103510.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/966/scan2020-10-08_103559.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/967/scan2020-10-08_103704.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/968/scan2020-10-08_103808.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/969/scan2020-10-08_103847.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/970/scan2020-10-08_103912.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/971/scan2020-10-08_103954.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/972/scan2020-10-08_104136.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/973/scan2020-10-08_104209.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/974/scan2020-10-08_104438.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/975/scan2020-10-08_104539.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1391/projeto_de_lei_numero_001_de_2017.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1394/projeto_de_lei_numero_002_de_2017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1397/projeto_de_lei_numero_003_de_2017.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1398/projeto_de_lei_numero_004_de_2017.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1401/projeto_de_lei_numero_005_de_2017.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1390/projeto_de_lei_complementar_numero_06_de_2017.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1402/projeto_de_lei_numero_007_de_2017.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1404/projeto_de_lei_numero_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1418/projeto_de_lei_numero_009_de_2017.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1420/projeto_de_lei_numero_10_de_2017.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1424/projeto_de_lei_numero_11_de_2017.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1425/projeto_de_lei_numero_12_de_2017.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1428/projeto_de_lei_numero_13_de_2017.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1430/projeto_de_lei_numero_14_de_2017.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1433/projeto_de_lei_numero_15_de_2017.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1434/projeto_de_lei_numero_16_de_2017.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1435/projeto_de_lei_numero_17_de_2017.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/2235/projeto_de_lei_complemtar_numero_18_de_2017.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1437/projeto_de_lei_numero_19_de_2017.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1438/projeto_de_lei_numero21_de_2017.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1444/projeto_de_lei_numero_22_de_2017.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1445/projeto_de_lei_numero_23_de_2017.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1447/projeto_de_lei_numero_24_de_2017.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1449/projeto_de_lei_numero_25_de_2017.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1450/projeto_de_lei_numero_26_de_2017.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1451/projeto_de_lei_numero_27_de_2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1452/projeto_de_lei_numero_28_de_2017.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1453/projeto_de_lei_numero_29_de_2017.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1457/projeto_de_lei_numero_30_de_2017.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1458/projeto_de_lei_numero_31_de_2017.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1459/projeto_de_lei_numero_32_de_2017.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1460/projeto_de_lei_numero33_de_2017.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1462/projeto_de_lei_numero_34_de_2017.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1463/projeto_de_lei_numero_35_de_2017.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1464/projeto_de_lei_numero_36_de_2017.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/2237/projeto_de_lei_numero_37_de_2017.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1465/projeto_de_lei_complementar_numero_38_de_2017.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1466/projeto_de_lei_numero_40_de_2017.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1467/projeto_de_lei_numero_42_de_2017.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1468/projeto_de_lei_numero_43_de_2017.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1469/projeto_de_lei_numero_44_de_2017.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1472/projeto_de_lei_numero_45_de_2017.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1474/projeto_de_lei_complementar_numero_49_de_2017.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1475/projeto_de_lei_numero_50_de_2017.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1476/projeto_de_lei_numero_51_de_2017.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1478/projeto_de_lei_numero_52_de_2017.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1479/projeto_de_lei_numero_53_de_2017.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1480/projeto_de_lei_numero_54_de_2017.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1481/projeto_de_lei_numero_56_de_2017.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1482/projeto_de_lei_numero_57_de_2017.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1483/projeto_de_lei_numero_58_de_2017.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1484/redacao_final_pl_59_de_2017.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1485/projeto_de_lei_numero_60_de_2017.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1486/projeto_de_lei_numero_61_de_2017.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1487/projeto_de_lei_numero_62_de_2017.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1488/projeto_de_lei_numero_63_de_2017.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1489/projeto_de_lei_numero_64_de_2017.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1490/projeto_de_lei_numero_65_de_2017.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1491/projeto_de_lei_numero_66_de_2017.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1492/projeto_de_lei_numero_66_de_2017.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1493/projeto_de_lei_numero_68_de_2017.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1494/projeto_de_lei_numero_69_de_2017.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1495/projeto_de_lei_numero_70_de_2017.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1497/projeto_de_lei_numero_71_de_2017.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1498/projeto_de_lei_numero_72_de_2017.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1499/projeto_de_lei_numero_73_de_2017.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1500/projeto_de_resolucao_001_de_2017.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1501/projeto_de_resolucao_002_de_2017.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1505/projeto_de_resolucao_numero_003_de_2017.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1506/parecer_juridico_projeto_de_resolucao_004_de_2017.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/952/scan2020-10-08_093954.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1403/veto_pl_007_de_2017.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1392/emenda_001_pl_01_de_2017.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1395/emenda_001_pl_002_de_2017.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1399/emenda_numero_001_pl_004_de_20171.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1405/emenda_numero_001_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1419/emenda_numero_001_pl_009_de_2017.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1421/emenda_numero_001_pl_10_de_2017.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1426/emenda_numero_01_pl_12_de_2017.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1429/emenda_numero_001_pl_13_de_2017.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1431/emenda_numero_001_pl_14_de_2017.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1436/emenda_numero_001_pl_17_de_2017.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1439/emenda_numero_001_pl_21_de_2017.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1446/emenda_numero_001_pl_23_de_2017.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1448/emenda_001_pl_24_de_2017.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1454/emenda_numero_001_pl_29_de_2017.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1461/emenda_numero__001_pl_33_de_2017.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1470/emenda_numero_001_pl_44_de_2017.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1473/emenda_001_pl_45_de_2017.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1477/emenda_001_pl_51_de_2017.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1496/emenda_numero_001_pl_70_de_2017.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1393/emenda_002_pl_001_de_2017.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1396/emenda_numero_002_de_2017.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1400/emenda_numero_001_pl_004_de_2017.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1406/emenda_numero_002_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1422/emenda_numero_002_pl_10_de_2017.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1427/emenda_numero_02_de_2017.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1432/emenda_numero_002_pl_14_de_2017.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1440/emenda_numero_002_pl_21_de_2017.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1455/emenda_numero_002_pl_29_de_2017.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1471/emenda_numero_002_pl_44_de_2017.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1407/emenda_numero_003_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1423/emenda_numero_003_pl_10_de_2017.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1441/emenda_numero_003_de_2017.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1456/emenda_003_pl_29_de_2017.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1408/emenda_numero_004_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1442/emenda_numero_004_pl_21_de_2017.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1409/emenda_numero_005_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1443/emenda_numero_005_pl_21_de_2017.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1410/emenda_numero_006_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1411/emenda_numero_007_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1412/emenda_numero_008_pl_008_2017.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1413/emenda_numero_009_pl_08_de_2017.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1414/emenda_numero_10_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1415/emenda_numero_11_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1416/emenda_numero_012_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1417/subemenda_numero_01_emenda_003_pl_008_de_2017.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1502/emenda_001_projeto_de_resolucao_002_de_2017.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1507/emenda_numero_001_projeto_de_resolucao_004_de_2017.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1503/emenda_002_projeto_de_resolucao_002_de_2017.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1508/emenda_numero_002_projeto_de_resolucao_004_de_2017.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2017/1504/projeto_de_resolucao_002_de_2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H318"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="128.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>