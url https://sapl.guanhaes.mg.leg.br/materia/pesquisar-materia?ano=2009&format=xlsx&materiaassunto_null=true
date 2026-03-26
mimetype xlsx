--- v0 (2025-12-24)
+++ v1 (2026-03-26)
@@ -54,825 +54,825 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2336/projeto_de_lei_numero_001_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2336/projeto_de_lei_numero_001_de_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da lei número 2268 de 25 de janeiro de 2008, que dispõe sobre o plano de cargos do Poder Legislativo do Município de Guanhães e dá outras providências</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Osvaldo Castro Pinto</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2337/projeto_de_lei_numero_02_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2337/projeto_de_lei_numero_02_de_2009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CELEBRAÇÃO DE CONVÊNIO DE COOPERÇÃO MÚTUA E REPASSE DE RECUP9:0S ENTRE O MUNICÍPIO DE GUANHÃES E A ASSOCIAÇÃO DE CARIDADE NOSSA SENHORA DO CARMO - HOSPITAL REGIONAL IMACULADA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2338/projeto_de_lei_numero_03_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2338/projeto_de_lei_numero_03_de_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste anual dos vencimentos dos Servidores públicos da Câmara Municipal de Guanhães, de que trata o art.37, inc. X da Constituição Federal e dá outras providências</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2339/projeto_de_lei_numero_05_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2339/projeto_de_lei_numero_05_de_2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERACAO DA LEI N° 2.313 de 30 DE JANEIRO DE 2009, QUE DISPOE SOBRE O PLANO DE CARGOS DO PODER LEGISLATIVO DO MUNICIPIO DE GUANHAES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2340/projeto_de_lei_numero_06_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2340/projeto_de_lei_numero_06_de_2009.pdf</t>
   </si>
   <si>
     <t>Suprime o §10 do art. 2° da lei n°2.281 de 20 de maio de 2008 e acrescenta parágrafo único ao art. 9° do mesmo diploma legal</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2341/projeto_de_lei_numero_08_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2341/projeto_de_lei_numero_08_de_2009.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 2.069, de 30 de março de 2004, e dá outras providências.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2342/projeto_de_lei_numero_09_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2342/projeto_de_lei_numero_09_de_2009.pdf</t>
   </si>
   <si>
     <t>Modifica os Artigos 24, 27 e o Anexo III da lei 2.250, de 28/12/2007 e cria o quadro de servidores do Programa - NASF para atendimento à Saúde do_x000D_
 Município de Guanhães</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2343/projeto_de_lei_numero_10_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2343/projeto_de_lei_numero_10_de_2009.pdf</t>
   </si>
   <si>
     <t>Abre Créditos Especiais no orçamento de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2344/projeto_de_lei_numero_11_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2344/projeto_de_lei_numero_11_de_2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI N°. 2.170, DE 21 DE MARÇO DE 2006, QUE "DISPÕE SOBRE A CRIAÇÃO DA "CORPORAÇÃO GUARDA MIRIM" DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Demétrio Ayala</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2345/projeto_de_lei_numero_12_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2345/projeto_de_lei_numero_12_de_2009.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A PROPAGANDA VOLANTE E O USO DE ATIVIDADES SONORAS NAS VIAS PÚBLICAS DE GUANHAESMG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2346/projeto_de_lei_numero_14_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2346/projeto_de_lei_numero_14_de_2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI N°. 1.932, DE 12 DE JUNHO DE 2001, QUE "CRIA O PASSE ESCOLAR GRATUITO, PARA ESTUDANTES DAS ESCOLAS PÚBLICAS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2348/projeto_de_lei_numero_15_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2348/projeto_de_lei_numero_15_de_2009.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTITUIÇÃO DO DIA DA COMARCA NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2349/projeto_de_lei_numero_16_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2349/projeto_de_lei_numero_16_de_2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECONHECIMENTO DE ENTIDADE COMO DE UTILIDADE PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2350/projeto_de_lei_numero_17_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2350/projeto_de_lei_numero_17_de_2009.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de área pública para a Associação de Moradores do Bairro Pito e Adjacências, no município de Guanhães e dá outras providências</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2351/projeto_de_lei_numero_18_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2351/projeto_de_lei_numero_18_de_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da lei número 2264, de 21 de dezembro de 2007, que "Autoriza o Poder Executivo Municipal a criar o Conselho Municipal da Juventude Ativa de Guanhães, e dá outras providências</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2352/projeto_de_lei_numero_19_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2352/projeto_de_lei_numero_19_de_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização em caso de contribuição previdenciária recolhida ou repassada em atraso para o Instituto de Previdência dos Servidores Públicos do Município de Guanhães.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2353/projeto_de_lei_numero_20_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2353/projeto_de_lei_numero_20_de_2009.pdf</t>
   </si>
   <si>
     <t>ALTERA O PPAG APROVADO PARA O PERÍODO 2006 A 2009 INCLUINDO-SE NOVA DESPESA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2354/projeto_de_lei_numero_21_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2354/projeto_de_lei_numero_21_de_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de entidade como de utilidade pública municipal</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2355/projeto_de_lei_numero_22_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2355/projeto_de_lei_numero_22_de_2009.pdf</t>
   </si>
   <si>
     <t>Autoriza Convênio como o Consórcio Intermunicipal de Saúde do Centro Nordeste - CISCEN e dá outras providências</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2356/projeto_de_lei_numero_23_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2356/projeto_de_lei_numero_23_de_2009.pdf</t>
   </si>
   <si>
     <t>Autoriza a filiação do Município de Guanhães à Associação dos Municípios do Circuito Turístico Trilhas do Rio Doce e dá outras providências.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2357/projeto_de_lei_numero_24_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2357/projeto_de_lei_numero_24_de_2009.pdf</t>
   </si>
   <si>
     <t>Dá denominação a via pública - Beco São José</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Silvério Ribeiro Justino</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2358/projeto_de_lei_numero_25_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2358/projeto_de_lei_numero_25_de_2009.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público - Rua Luiz Caturrão</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2359/projeto_de_lei_numero_26_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2359/projeto_de_lei_numero_26_de_2009.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional especial no orçamento do exercício de 2009 do serviço autônomo de água e esgoto e dá outras providências</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2360/projeto_de_lei_numero_27_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2360/projeto_de_lei_numero_27_de_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o retorno do monumento "Cruz dos Fundadores" ao adro da Igreja Matriz São Miguel e Almas e dá outras providências</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2361/projeto_de_lei_numero_28_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2361/projeto_de_lei_numero_28_de_2009.pdf</t>
   </si>
   <si>
     <t>Dá denominação a via pública - Travessa Santa Luzia</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2362/projeto_de_lei_numero_29_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2362/projeto_de_lei_numero_29_de_2009.pdf</t>
   </si>
   <si>
     <t>Altera o PPAG aprovado para o quadriênio 2006 a 2009 com a inclusão de novos projetos e dá outras providências</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2363/projeto_de_lei_numero_30_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2363/projeto_de_lei_numero_30_de_2009.pdf</t>
   </si>
   <si>
     <t>Abre créditos adicionais especiais no orçamento de 2009 e dá outras providências</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2364/projeto_de_lei_numero_31_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2364/projeto_de_lei_numero_31_de_2009.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial no orçamento de 2009 e dá outras providências</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2365/projeto_de_lei_numero_32_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2365/projeto_de_lei_numero_32_de_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação_x000D_
 Básica e de Valorização dos Profissionais da Educação-Conselho do FUNDEB, e dá outras providências.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2366/projeto_de_lei_numero_33_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2366/projeto_de_lei_numero_33_de_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Desenvolvimento Rural Sustentável - CMDRS e dá outras providências</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2367/projeto_de_lei_numero_34_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2367/projeto_de_lei_numero_34_de_2009.pdf</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2368/projeto_de_lei_numero_36_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2368/projeto_de_lei_numero_36_de_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Conselho Municipal de Turismo - COMTUR do Município de Guanhães e dá outras providências.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2369/projeto_de_lei_numero_37_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2369/projeto_de_lei_numero_37_de_2009.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de área pública para o instituto casa da provisão de Guanhães no município e dá outras providências</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2370/projeto_de_lei_numero_38_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2370/projeto_de_lei_numero_38_de_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento da entidade Guaraní Esporte Clube como de utilidade pública municipal</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2371/projeto_de_lei_numero_39_de_2021.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2371/projeto_de_lei_numero_39_de_2021.pdf</t>
   </si>
   <si>
     <t>Estabelece novos parâmetros relativos à Política Municipal dos Direitos da Criança e do Adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2373/projeto_de_lei_numero_40_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2373/projeto_de_lei_numero_40_de_2009.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial no orçamento de 2009 e dá outras providências</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2374/projeto_de_lei_numero_41_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2374/projeto_de_lei_numero_41_de_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre benefícios eventuais a serem concedidos às famílias carentes do Município de Guanhães</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2376/projeto_de_lei_numero_44_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2376/projeto_de_lei_numero_44_de_2009.pdf</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2377/projeto_de_lei_numero_45_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2377/projeto_de_lei_numero_45_de_2009.pdf</t>
   </si>
   <si>
     <t>Altera a lei municipal nº2309, de 20 de dezembro de 2008 e dá outras providências</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2378/projeto_de_lei_numero_46_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2378/projeto_de_lei_numero_46_de_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de Convênio do município junto ao Consórcio Intermunicipal de Saúde do Centro Nordeste — CISCEN, e dá outras providências.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2379/projeto_de_lei_numero_47_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2379/projeto_de_lei_numero_47_de_2009.pdf</t>
   </si>
   <si>
     <t>Reestrutura o RPPS do município de Guanhães - MG, e dá outras providências</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2380/projeto_de_lei_numero_48_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2380/projeto_de_lei_numero_48_de_2009.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a reinstalação de obelisco, e dá outras providências.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2382/projeto_de_lei_numero_49_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2382/projeto_de_lei_numero_49_de_2009.pdf</t>
   </si>
   <si>
     <t>Altera a lei municipal nº 2344, de 23 de setembro de 2009 e dá outras providências</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2383/projeto_de_lei_numero_50_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2383/projeto_de_lei_numero_50_de_2009.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao artigo 1º, da lei municipal nº 1851, de 19 de junho de 1998, e dá outras providências</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2384/projeto_de_lei_numero_51_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2384/projeto_de_lei_numero_51_de_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da lei nº 2341, de 19 de agosto de 2009, que "Dispõe sobre a reestruturação do Conselho Municipal de Desenvolvimento Rural Sustentável - CMDRS e dá outras providências</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2385/projeto_de_lei_numero_52_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2385/projeto_de_lei_numero_52_de_2009.pdf</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2386/projeto_de_lei_numero_53_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2386/projeto_de_lei_numero_53_de_2009.pdf</t>
   </si>
   <si>
     <t>Abre créditos adicionais suplementares no orçamento do Poder Legislativo Municipal para o exercício de 2009 e dá outras providências</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2387/projeto_de_lei_numero_54_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2387/projeto_de_lei_numero_54_de_2009.pdf</t>
   </si>
   <si>
     <t>Abre créditos adicionais suplementares no orçamento de 2009 do município de Guanhães e dá outras providências</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2388/projeto_de_lei_numero_55_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2388/projeto_de_lei_numero_55_de_2009.pdf</t>
   </si>
   <si>
     <t>Abre créditos adicionais suplementares no orçamento de 2009 e dá outra providências</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2390/projeto_de_lei_numero_57_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2390/projeto_de_lei_numero_57_de_2009.pdf</t>
   </si>
   <si>
     <t>Altera a lei municipal número 2309 de 2008 e dá outras providências</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Osmar Gomes Fidelis</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2392/projeto_de_lei_numero_58_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2392/projeto_de_lei_numero_58_de_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo Municipal de conceder ampliação da Licença Maternidade e Licença Paternidade aos servidores Públicos do Município de Guanhães e dá outras providências</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2393/projeto_de_lei_numero_59_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2393/projeto_de_lei_numero_59_de_2009.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura e instalação de loteamento e suas condições e dá outras providências</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2394/projeto_de_lei_numero_60_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2394/projeto_de_lei_numero_60_de_2009.pdf</t>
   </si>
   <si>
     <t>Altera a Lei número 2.069 de 30 de Março de 2004, que dispõe sobre o Plano de Organização do Pessoal do Serviço Autônomo de Água e Esgoto_x000D_
 Município de Guanhães/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2395/projeto_de_lei_numero_61_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2395/projeto_de_lei_numero_61_de_2009.pdf</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2396/projeto_de_lei_numero_62_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2396/projeto_de_lei_numero_62_de_2009.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio de cooperação mútua e repasse de recursos entre o município de Guanhães e a Associação de Caridade Nossa Senhora do Carmo - Hospital Regional Imaculada Conceição e dá outras providências</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2397/projeto_de_lei_numero_63_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2397/projeto_de_lei_numero_63_de_2009.pdf</t>
   </si>
   <si>
     <t>Abre créditos adicionais suplementares no orçamento de 2009 do município de Guanhães/MG e dá outras providências</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2398/projeto_de_lei_numero_64_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2398/projeto_de_lei_numero_64_de_2009.pdf</t>
   </si>
   <si>
     <t>Altera a lei municipal nº 2354, de 02 de dezembro de 2009 e dá outras providências</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2399/projeto_de_lei_numero_65_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2399/projeto_de_lei_numero_65_de_2009.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º, da lei municipal nº 2349, de 06 de novembro de 2009, que autoriza a abertura de crédito especial no orçamento de 2009, e dá outras providências.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2335/projeto_de_lei_complementar_01_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2335/projeto_de_lei_complementar_01_de_2009.pdf</t>
   </si>
   <si>
     <t>INSTITUI A GUARDA MUNICIPAL DE GUANHÃES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2347/veto_projeto_de_lei_14_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2347/veto_projeto_de_lei_14_de_2009.pdf</t>
   </si>
   <si>
     <t>Veto total ao projeto de lei número 14 de 2009</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2381/veto_pl_48_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2381/veto_pl_48_de_2009.pdf</t>
   </si>
   <si>
     <t>Veto total ao projeto de lei ordinária número 48 de 2009</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2391/veto_pl_57_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2391/veto_pl_57_de_2009.pdf</t>
   </si>
   <si>
     <t>Veto total ao projeto de lei número 57 de 2009</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>EMD1</t>
   </si>
   <si>
     <t>Emenda número 001 ao projeto de lei</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2372/emenda_001_pl_39_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2372/emenda_001_pl_39_de_2009.pdf</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo 1º ao projeto de lei número 39 de 2009</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>Alberto Magno Dias</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2375/emenda_001_pl_41_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2375/emenda_001_pl_41_de_2009.pdf</t>
   </si>
   <si>
     <t>Acrescenta o artigo 18 ao projeto de lei número 41 de 2009</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>Demétrio Ayala, Alberto Magno Dias, Dermeval de Pinho, Laércio Alves de Lima, Lucimar Ferreira Pinto, Osmar Gomes Fidelis, Silvério Ribeiro Justino</t>
   </si>
   <si>
-    <t>https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2389/emenda_001_pl_55_de_2009.pdf</t>
+    <t>http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2389/emenda_001_pl_55_de_2009.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo único do artigo 5º do projeto de lei número 57 de 2009</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1179,67 +1179,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2336/projeto_de_lei_numero_001_de_2009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2337/projeto_de_lei_numero_02_de_2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2338/projeto_de_lei_numero_03_de_2009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2339/projeto_de_lei_numero_05_de_2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2340/projeto_de_lei_numero_06_de_2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2341/projeto_de_lei_numero_08_de_2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2342/projeto_de_lei_numero_09_de_2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2343/projeto_de_lei_numero_10_de_2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2344/projeto_de_lei_numero_11_de_2009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2345/projeto_de_lei_numero_12_de_2009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2346/projeto_de_lei_numero_14_de_2009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2348/projeto_de_lei_numero_15_de_2009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2349/projeto_de_lei_numero_16_de_2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2350/projeto_de_lei_numero_17_de_2009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2351/projeto_de_lei_numero_18_de_2009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2352/projeto_de_lei_numero_19_de_2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2353/projeto_de_lei_numero_20_de_2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2354/projeto_de_lei_numero_21_de_2009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2355/projeto_de_lei_numero_22_de_2009.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2356/projeto_de_lei_numero_23_de_2009.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2357/projeto_de_lei_numero_24_de_2009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2358/projeto_de_lei_numero_25_de_2009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2359/projeto_de_lei_numero_26_de_2009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2360/projeto_de_lei_numero_27_de_2009.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2361/projeto_de_lei_numero_28_de_2009.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2362/projeto_de_lei_numero_29_de_2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2363/projeto_de_lei_numero_30_de_2009.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2364/projeto_de_lei_numero_31_de_2009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2365/projeto_de_lei_numero_32_de_2009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2366/projeto_de_lei_numero_33_de_2009.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2367/projeto_de_lei_numero_34_de_2009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2368/projeto_de_lei_numero_36_de_2009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2369/projeto_de_lei_numero_37_de_2009.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2370/projeto_de_lei_numero_38_de_2009.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2371/projeto_de_lei_numero_39_de_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2373/projeto_de_lei_numero_40_de_2009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2374/projeto_de_lei_numero_41_de_2009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2376/projeto_de_lei_numero_44_de_2009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2377/projeto_de_lei_numero_45_de_2009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2378/projeto_de_lei_numero_46_de_2009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2379/projeto_de_lei_numero_47_de_2009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2380/projeto_de_lei_numero_48_de_2009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2382/projeto_de_lei_numero_49_de_2009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2383/projeto_de_lei_numero_50_de_2009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2384/projeto_de_lei_numero_51_de_2009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2385/projeto_de_lei_numero_52_de_2009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2386/projeto_de_lei_numero_53_de_2009.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2387/projeto_de_lei_numero_54_de_2009.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2388/projeto_de_lei_numero_55_de_2009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2390/projeto_de_lei_numero_57_de_2009.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2392/projeto_de_lei_numero_58_de_2009.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2393/projeto_de_lei_numero_59_de_2009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2394/projeto_de_lei_numero_60_de_2009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2395/projeto_de_lei_numero_61_de_2009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2396/projeto_de_lei_numero_62_de_2009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2397/projeto_de_lei_numero_63_de_2009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2398/projeto_de_lei_numero_64_de_2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2399/projeto_de_lei_numero_65_de_2009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2335/projeto_de_lei_complementar_01_de_2009.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2347/veto_projeto_de_lei_14_de_2009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2381/veto_pl_48_de_2009.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2391/veto_pl_57_de_2009.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2372/emenda_001_pl_39_de_2009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2375/emenda_001_pl_41_de_2009.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2389/emenda_001_pl_55_de_2009.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2336/projeto_de_lei_numero_001_de_2009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2337/projeto_de_lei_numero_02_de_2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2338/projeto_de_lei_numero_03_de_2009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2339/projeto_de_lei_numero_05_de_2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2340/projeto_de_lei_numero_06_de_2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2341/projeto_de_lei_numero_08_de_2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2342/projeto_de_lei_numero_09_de_2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2343/projeto_de_lei_numero_10_de_2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2344/projeto_de_lei_numero_11_de_2009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2345/projeto_de_lei_numero_12_de_2009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2346/projeto_de_lei_numero_14_de_2009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2348/projeto_de_lei_numero_15_de_2009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2349/projeto_de_lei_numero_16_de_2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2350/projeto_de_lei_numero_17_de_2009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2351/projeto_de_lei_numero_18_de_2009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2352/projeto_de_lei_numero_19_de_2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2353/projeto_de_lei_numero_20_de_2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2354/projeto_de_lei_numero_21_de_2009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2355/projeto_de_lei_numero_22_de_2009.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2356/projeto_de_lei_numero_23_de_2009.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2357/projeto_de_lei_numero_24_de_2009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2358/projeto_de_lei_numero_25_de_2009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2359/projeto_de_lei_numero_26_de_2009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2360/projeto_de_lei_numero_27_de_2009.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2361/projeto_de_lei_numero_28_de_2009.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2362/projeto_de_lei_numero_29_de_2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2363/projeto_de_lei_numero_30_de_2009.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2364/projeto_de_lei_numero_31_de_2009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2365/projeto_de_lei_numero_32_de_2009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2366/projeto_de_lei_numero_33_de_2009.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2367/projeto_de_lei_numero_34_de_2009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2368/projeto_de_lei_numero_36_de_2009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2369/projeto_de_lei_numero_37_de_2009.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2370/projeto_de_lei_numero_38_de_2009.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2371/projeto_de_lei_numero_39_de_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2373/projeto_de_lei_numero_40_de_2009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2374/projeto_de_lei_numero_41_de_2009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2376/projeto_de_lei_numero_44_de_2009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2377/projeto_de_lei_numero_45_de_2009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2378/projeto_de_lei_numero_46_de_2009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2379/projeto_de_lei_numero_47_de_2009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2380/projeto_de_lei_numero_48_de_2009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2382/projeto_de_lei_numero_49_de_2009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2383/projeto_de_lei_numero_50_de_2009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2384/projeto_de_lei_numero_51_de_2009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2385/projeto_de_lei_numero_52_de_2009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2386/projeto_de_lei_numero_53_de_2009.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2387/projeto_de_lei_numero_54_de_2009.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2388/projeto_de_lei_numero_55_de_2009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2390/projeto_de_lei_numero_57_de_2009.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2392/projeto_de_lei_numero_58_de_2009.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2393/projeto_de_lei_numero_59_de_2009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2394/projeto_de_lei_numero_60_de_2009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2395/projeto_de_lei_numero_61_de_2009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2396/projeto_de_lei_numero_62_de_2009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2397/projeto_de_lei_numero_63_de_2009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2398/projeto_de_lei_numero_64_de_2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2399/projeto_de_lei_numero_65_de_2009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2335/projeto_de_lei_complementar_01_de_2009.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2347/veto_projeto_de_lei_14_de_2009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2381/veto_pl_48_de_2009.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2391/veto_pl_57_de_2009.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2372/emenda_001_pl_39_de_2009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2375/emenda_001_pl_41_de_2009.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guanhaes.mg.leg.br/media/sapl/public/materialegislativa/2009/2389/emenda_001_pl_55_de_2009.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="115.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="218.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>